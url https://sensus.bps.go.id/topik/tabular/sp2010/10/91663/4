--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>, , 2010</t>
+    <t>, , Tahun 2010</t>
   </si>
   <si>
     <t>Nama Kecamatan</t>
   </si>
   <si>
     <t>Perkotaan</t>
   </si>
   <si>
     <t>Perdesaan</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Laki-laki</t>
   </si>
   <si>
     <t>Perempuan</t>
   </si>
   <si>
     <t>1108010. LHOONG</t>
   </si>
   <si>
     <t>1108020. LHONGA</t>
   </si>
@@ -917,307 +917,635 @@
         <v>12388</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="6">
         <v>1746</v>
       </c>
       <c r="C11" s="6">
         <v>1498</v>
       </c>
       <c r="D11" s="6">
         <v>3244</v>
       </c>
       <c r="E11" s="6">
         <v>9414</v>
       </c>
       <c r="F11" s="6">
         <v>8861</v>
       </c>
       <c r="G11" s="6">
         <v>18275</v>
       </c>
-      <c r="H11" s="6"/>
-[...1 lines deleted...]
-      <c r="J11" s="6"/>
+      <c r="H11" s="6">
+        <v>11160</v>
+      </c>
+      <c r="I11" s="6">
+        <v>10359</v>
+      </c>
+      <c r="J11" s="6">
+        <v>21519</v>
+      </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B12" s="6"/>
-[...7 lines deleted...]
-      <c r="J12" s="6"/>
+      <c r="B12" s="6">
+        <v>2487</v>
+      </c>
+      <c r="C12" s="6">
+        <v>2251</v>
+      </c>
+      <c r="D12" s="6">
+        <v>4738</v>
+      </c>
+      <c r="E12" s="6">
+        <v>1941</v>
+      </c>
+      <c r="F12" s="6">
+        <v>1764</v>
+      </c>
+      <c r="G12" s="6">
+        <v>3705</v>
+      </c>
+      <c r="H12" s="6">
+        <v>4428</v>
+      </c>
+      <c r="I12" s="6">
+        <v>4015</v>
+      </c>
+      <c r="J12" s="6">
+        <v>8443</v>
+      </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="6"/>
-[...3 lines deleted...]
-      <c r="F13" s="6"/>
+      <c r="B13" s="6">
+        <v>0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6">
+        <v>5675</v>
+      </c>
+      <c r="F13" s="6">
+        <v>5078</v>
+      </c>
       <c r="G13" s="6">
         <v>10753</v>
       </c>
-      <c r="H13" s="6"/>
-[...1 lines deleted...]
-      <c r="J13" s="6"/>
+      <c r="H13" s="6">
+        <v>5675</v>
+      </c>
+      <c r="I13" s="6">
+        <v>5078</v>
+      </c>
+      <c r="J13" s="6">
+        <v>10753</v>
+      </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B14" s="6"/>
-[...7 lines deleted...]
-      <c r="J14" s="6"/>
+      <c r="B14" s="6">
+        <v>970</v>
+      </c>
+      <c r="C14" s="6">
+        <v>907</v>
+      </c>
+      <c r="D14" s="6">
+        <v>1877</v>
+      </c>
+      <c r="E14" s="6">
+        <v>9777</v>
+      </c>
+      <c r="F14" s="6">
+        <v>9210</v>
+      </c>
+      <c r="G14" s="6">
+        <v>18987</v>
+      </c>
+      <c r="H14" s="6">
+        <v>10747</v>
+      </c>
+      <c r="I14" s="6">
+        <v>10117</v>
+      </c>
+      <c r="J14" s="6">
+        <v>20864</v>
+      </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B15" s="6"/>
-[...7 lines deleted...]
-      <c r="J15" s="6"/>
+      <c r="B15" s="6">
+        <v>5725</v>
+      </c>
+      <c r="C15" s="6">
+        <v>6134</v>
+      </c>
+      <c r="D15" s="6">
+        <v>11859</v>
+      </c>
+      <c r="E15" s="6">
+        <v>5358</v>
+      </c>
+      <c r="F15" s="6">
+        <v>5416</v>
+      </c>
+      <c r="G15" s="6">
+        <v>10774</v>
+      </c>
+      <c r="H15" s="6">
+        <v>11083</v>
+      </c>
+      <c r="I15" s="6">
+        <v>11550</v>
+      </c>
+      <c r="J15" s="6">
+        <v>22633</v>
+      </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B16" s="6"/>
-[...7 lines deleted...]
-      <c r="J16" s="6"/>
+      <c r="B16" s="6">
+        <v>5677</v>
+      </c>
+      <c r="C16" s="6">
+        <v>4562</v>
+      </c>
+      <c r="D16" s="6">
+        <v>10239</v>
+      </c>
+      <c r="E16" s="6">
+        <v>3470</v>
+      </c>
+      <c r="F16" s="6">
+        <v>2881</v>
+      </c>
+      <c r="G16" s="6">
+        <v>6351</v>
+      </c>
+      <c r="H16" s="6">
+        <v>9147</v>
+      </c>
+      <c r="I16" s="6">
+        <v>7443</v>
+      </c>
+      <c r="J16" s="6">
+        <v>16590</v>
+      </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B17" s="6"/>
-[...7 lines deleted...]
-      <c r="J17" s="6"/>
+      <c r="B17" s="6">
+        <v>887</v>
+      </c>
+      <c r="C17" s="6">
+        <v>624</v>
+      </c>
+      <c r="D17" s="6">
+        <v>1511</v>
+      </c>
+      <c r="E17" s="6">
+        <v>10972</v>
+      </c>
+      <c r="F17" s="6">
+        <v>11058</v>
+      </c>
+      <c r="G17" s="6">
+        <v>22030</v>
+      </c>
+      <c r="H17" s="6">
+        <v>11859</v>
+      </c>
+      <c r="I17" s="6">
+        <v>11682</v>
+      </c>
+      <c r="J17" s="6">
+        <v>23541</v>
+      </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="6"/>
-[...7 lines deleted...]
-      <c r="J18" s="6"/>
+      <c r="B18" s="6">
+        <v>0</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0</v>
+      </c>
+      <c r="E18" s="6">
+        <v>8967</v>
+      </c>
+      <c r="F18" s="6">
+        <v>8765</v>
+      </c>
+      <c r="G18" s="6">
+        <v>17732</v>
+      </c>
+      <c r="H18" s="6">
+        <v>8967</v>
+      </c>
+      <c r="I18" s="6">
+        <v>8765</v>
+      </c>
+      <c r="J18" s="6">
+        <v>17732</v>
+      </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="6"/>
-[...7 lines deleted...]
-      <c r="J19" s="6"/>
+      <c r="B19" s="6">
+        <v>0</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0</v>
+      </c>
+      <c r="D19" s="6">
+        <v>0</v>
+      </c>
+      <c r="E19" s="6">
+        <v>5455</v>
+      </c>
+      <c r="F19" s="6">
+        <v>5268</v>
+      </c>
+      <c r="G19" s="6">
+        <v>10723</v>
+      </c>
+      <c r="H19" s="6">
+        <v>5455</v>
+      </c>
+      <c r="I19" s="6">
+        <v>5268</v>
+      </c>
+      <c r="J19" s="6">
+        <v>10723</v>
+      </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B20" s="6"/>
-[...7 lines deleted...]
-      <c r="J20" s="6"/>
+      <c r="B20" s="6">
+        <v>4804</v>
+      </c>
+      <c r="C20" s="6">
+        <v>4564</v>
+      </c>
+      <c r="D20" s="6">
+        <v>9368</v>
+      </c>
+      <c r="E20" s="6">
+        <v>9524</v>
+      </c>
+      <c r="F20" s="6">
+        <v>9172</v>
+      </c>
+      <c r="G20" s="6">
+        <v>18696</v>
+      </c>
+      <c r="H20" s="6">
+        <v>14328</v>
+      </c>
+      <c r="I20" s="6">
+        <v>13736</v>
+      </c>
+      <c r="J20" s="6">
+        <v>28064</v>
+      </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B21" s="6"/>
-[...7 lines deleted...]
-      <c r="J21" s="6"/>
+      <c r="B21" s="6">
+        <v>6141</v>
+      </c>
+      <c r="C21" s="6">
+        <v>5628</v>
+      </c>
+      <c r="D21" s="6">
+        <v>11769</v>
+      </c>
+      <c r="E21" s="6">
+        <v>1335</v>
+      </c>
+      <c r="F21" s="6">
+        <v>992</v>
+      </c>
+      <c r="G21" s="6">
+        <v>2327</v>
+      </c>
+      <c r="H21" s="6">
+        <v>7476</v>
+      </c>
+      <c r="I21" s="6">
+        <v>6620</v>
+      </c>
+      <c r="J21" s="6">
+        <v>14096</v>
+      </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B22" s="6"/>
-[...7 lines deleted...]
-      <c r="J22" s="6"/>
+      <c r="B22" s="6">
+        <v>406</v>
+      </c>
+      <c r="C22" s="6">
+        <v>299</v>
+      </c>
+      <c r="D22" s="6">
+        <v>705</v>
+      </c>
+      <c r="E22" s="6">
+        <v>6522</v>
+      </c>
+      <c r="F22" s="6">
+        <v>6678</v>
+      </c>
+      <c r="G22" s="6">
+        <v>13200</v>
+      </c>
+      <c r="H22" s="6">
+        <v>6928</v>
+      </c>
+      <c r="I22" s="6">
+        <v>6977</v>
+      </c>
+      <c r="J22" s="6">
+        <v>13905</v>
+      </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B23" s="6"/>
-[...7 lines deleted...]
-      <c r="J23" s="6"/>
+      <c r="B23" s="6">
+        <v>0</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0</v>
+      </c>
+      <c r="D23" s="6">
+        <v>0</v>
+      </c>
+      <c r="E23" s="6">
+        <v>2961</v>
+      </c>
+      <c r="F23" s="6">
+        <v>2930</v>
+      </c>
+      <c r="G23" s="6">
+        <v>5891</v>
+      </c>
+      <c r="H23" s="6">
+        <v>2961</v>
+      </c>
+      <c r="I23" s="6">
+        <v>2930</v>
+      </c>
+      <c r="J23" s="6">
+        <v>5891</v>
+      </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B24" s="6"/>
-[...7 lines deleted...]
-      <c r="J24" s="6"/>
+      <c r="B24" s="6">
+        <v>0</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0</v>
+      </c>
+      <c r="D24" s="6">
+        <v>0</v>
+      </c>
+      <c r="E24" s="6">
+        <v>2669</v>
+      </c>
+      <c r="F24" s="6">
+        <v>2691</v>
+      </c>
+      <c r="G24" s="6">
+        <v>5360</v>
+      </c>
+      <c r="H24" s="6">
+        <v>2669</v>
+      </c>
+      <c r="I24" s="6">
+        <v>2691</v>
+      </c>
+      <c r="J24" s="6">
+        <v>5360</v>
+      </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B25" s="6"/>
-[...7 lines deleted...]
-      <c r="J25" s="6"/>
+      <c r="B25" s="6">
+        <v>17690</v>
+      </c>
+      <c r="C25" s="6">
+        <v>17063</v>
+      </c>
+      <c r="D25" s="6">
+        <v>34753</v>
+      </c>
+      <c r="E25" s="6">
+        <v>5973</v>
+      </c>
+      <c r="F25" s="6">
+        <v>5671</v>
+      </c>
+      <c r="G25" s="6">
+        <v>11644</v>
+      </c>
+      <c r="H25" s="6">
+        <v>23663</v>
+      </c>
+      <c r="I25" s="6">
+        <v>22734</v>
+      </c>
+      <c r="J25" s="6">
+        <v>46397</v>
+      </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="B26" s="6"/>
-[...7 lines deleted...]
-      <c r="J26" s="6"/>
+      <c r="B26" s="6">
+        <v>0</v>
+      </c>
+      <c r="C26" s="6">
+        <v>0</v>
+      </c>
+      <c r="D26" s="6">
+        <v>0</v>
+      </c>
+      <c r="E26" s="6">
+        <v>3429</v>
+      </c>
+      <c r="F26" s="6">
+        <v>3337</v>
+      </c>
+      <c r="G26" s="6">
+        <v>6766</v>
+      </c>
+      <c r="H26" s="6">
+        <v>3429</v>
+      </c>
+      <c r="I26" s="6">
+        <v>3337</v>
+      </c>
+      <c r="J26" s="6">
+        <v>6766</v>
+      </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B27" s="6"/>
-[...7 lines deleted...]
-      <c r="J27" s="6"/>
+      <c r="B27" s="6">
+        <v>4155</v>
+      </c>
+      <c r="C27" s="6">
+        <v>3806</v>
+      </c>
+      <c r="D27" s="6">
+        <v>7961</v>
+      </c>
+      <c r="E27" s="6">
+        <v>3991</v>
+      </c>
+      <c r="F27" s="6">
+        <v>3510</v>
+      </c>
+      <c r="G27" s="6">
+        <v>7501</v>
+      </c>
+      <c r="H27" s="6">
+        <v>8146</v>
+      </c>
+      <c r="I27" s="6">
+        <v>7316</v>
+      </c>
+      <c r="J27" s="6">
+        <v>15462</v>
+      </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B28" s="6"/>
-[...7 lines deleted...]
-      <c r="J28" s="6"/>
+      <c r="B28" s="6">
+        <v>0</v>
+      </c>
+      <c r="C28" s="6">
+        <v>0</v>
+      </c>
+      <c r="D28" s="6">
+        <v>0</v>
+      </c>
+      <c r="E28" s="6">
+        <v>2054</v>
+      </c>
+      <c r="F28" s="6">
+        <v>1742</v>
+      </c>
+      <c r="G28" s="6">
+        <v>3796</v>
+      </c>
+      <c r="H28" s="6">
+        <v>2054</v>
+      </c>
+      <c r="I28" s="6">
+        <v>1742</v>
+      </c>
+      <c r="J28" s="6">
+        <v>3796</v>
+      </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B29" s="6"/>
-[...7 lines deleted...]
-      <c r="J29" s="6"/>
+      <c r="B29" s="6">
+        <v>51510</v>
+      </c>
+      <c r="C29" s="6">
+        <v>47859</v>
+      </c>
+      <c r="D29" s="6">
+        <v>99369</v>
+      </c>
+      <c r="E29" s="6">
+        <v>129065</v>
+      </c>
+      <c r="F29" s="6">
+        <v>122984</v>
+      </c>
+      <c r="G29" s="6">
+        <v>252049</v>
+      </c>
+      <c r="H29" s="6">
+        <v>180575</v>
+      </c>
+      <c r="I29" s="6">
+        <v>170843</v>
+      </c>
+      <c r="J29" s="6">
+        <v>351418</v>
+      </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="10"/>
       <c r="C33" s="10"/>
       <c r="D33" s="10"/>
       <c r="E33" s="10"/>
       <c r="F33" s="10"/>
       <c r="G33" s="10"/>
       <c r="H33" s="10"/>
       <c r="I33" s="1"/>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="9" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="10"/>
       <c r="D34" s="10"/>
       <c r="E34" s="10"/>
       <c r="F34" s="10"/>