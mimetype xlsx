--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>, , Tahun 2010</t>
+    <t>, , 2010</t>
   </si>
   <si>
     <t>Nama Kecamatan</t>
   </si>
   <si>
     <t>Perkotaan</t>
   </si>
   <si>
     <t>Perdesaan</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Laki-laki</t>
   </si>
   <si>
     <t>Perempuan</t>
   </si>
   <si>
     <t>1108010. LHOONG</t>
   </si>
   <si>
     <t>1108020. LHONGA</t>
   </si>