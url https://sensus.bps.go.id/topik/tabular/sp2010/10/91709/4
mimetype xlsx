--- v0 (2025-11-08)
+++ v1 (2026-01-01)
@@ -688,128 +688,234 @@
         <v>5</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="6">
         <v>18620</v>
       </c>
-      <c r="C6" s="6"/>
-[...6 lines deleted...]
-      <c r="J6" s="6"/>
+      <c r="C6" s="6">
+        <v>19099</v>
+      </c>
+      <c r="D6" s="6">
+        <v>37719</v>
+      </c>
+      <c r="E6" s="6">
+        <v>5381</v>
+      </c>
+      <c r="F6" s="6">
+        <v>5323</v>
+      </c>
+      <c r="G6" s="6">
+        <v>10704</v>
+      </c>
+      <c r="H6" s="6">
+        <v>24001</v>
+      </c>
+      <c r="I6" s="6">
+        <v>24422</v>
+      </c>
+      <c r="J6" s="6">
+        <v>48423</v>
+      </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="6"/>
-[...7 lines deleted...]
-      <c r="J7" s="6"/>
+      <c r="B7" s="6">
+        <v>14780</v>
+      </c>
+      <c r="C7" s="6">
+        <v>15410</v>
+      </c>
+      <c r="D7" s="6">
+        <v>30190</v>
+      </c>
+      <c r="E7" s="6">
+        <v>0</v>
+      </c>
+      <c r="F7" s="6">
+        <v>0</v>
+      </c>
+      <c r="G7" s="6">
+        <v>0</v>
+      </c>
+      <c r="H7" s="6">
+        <v>14780</v>
+      </c>
+      <c r="I7" s="6">
+        <v>15410</v>
+      </c>
+      <c r="J7" s="6">
+        <v>30190</v>
+      </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="6"/>
-[...7 lines deleted...]
-      <c r="J8" s="6"/>
+      <c r="B8" s="6">
+        <v>26825</v>
+      </c>
+      <c r="C8" s="6">
+        <v>27101</v>
+      </c>
+      <c r="D8" s="6">
+        <v>53926</v>
+      </c>
+      <c r="E8" s="6">
+        <v>0</v>
+      </c>
+      <c r="F8" s="6">
+        <v>0</v>
+      </c>
+      <c r="G8" s="6">
+        <v>0</v>
+      </c>
+      <c r="H8" s="6">
+        <v>26825</v>
+      </c>
+      <c r="I8" s="6">
+        <v>27101</v>
+      </c>
+      <c r="J8" s="6">
+        <v>53926</v>
+      </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="6"/>
-[...7 lines deleted...]
-      <c r="J9" s="6"/>
+      <c r="B9" s="6">
+        <v>35305</v>
+      </c>
+      <c r="C9" s="6">
+        <v>35087</v>
+      </c>
+      <c r="D9" s="6">
+        <v>70392</v>
+      </c>
+      <c r="E9" s="6">
+        <v>0</v>
+      </c>
+      <c r="F9" s="6">
+        <v>0</v>
+      </c>
+      <c r="G9" s="6">
+        <v>0</v>
+      </c>
+      <c r="H9" s="6">
+        <v>35305</v>
+      </c>
+      <c r="I9" s="6">
+        <v>35087</v>
+      </c>
+      <c r="J9" s="6">
+        <v>70392</v>
+      </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="6"/>
-[...7 lines deleted...]
-      <c r="J10" s="6"/>
+      <c r="B10" s="6">
+        <v>22086</v>
+      </c>
+      <c r="C10" s="6">
+        <v>21137</v>
+      </c>
+      <c r="D10" s="6">
+        <v>43223</v>
+      </c>
+      <c r="E10" s="6">
+        <v>0</v>
+      </c>
+      <c r="F10" s="6">
+        <v>0</v>
+      </c>
+      <c r="G10" s="6">
+        <v>0</v>
+      </c>
+      <c r="H10" s="6">
+        <v>22086</v>
+      </c>
+      <c r="I10" s="6">
+        <v>21137</v>
+      </c>
+      <c r="J10" s="6">
+        <v>43223</v>
+      </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="6"/>
-[...7 lines deleted...]
-      <c r="J11" s="6"/>
+      <c r="B11" s="6">
+        <v>117616</v>
+      </c>
+      <c r="C11" s="6">
+        <v>117834</v>
+      </c>
+      <c r="D11" s="6">
+        <v>235450</v>
+      </c>
+      <c r="E11" s="6">
+        <v>5381</v>
+      </c>
+      <c r="F11" s="6">
+        <v>5323</v>
+      </c>
+      <c r="G11" s="6">
+        <v>10704</v>
+      </c>
+      <c r="H11" s="6">
+        <v>122997</v>
+      </c>
+      <c r="I11" s="6">
+        <v>123157</v>
+      </c>
+      <c r="J11" s="6">
+        <v>246154</v>
+      </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="10"/>
       <c r="G15" s="10"/>
       <c r="H15" s="10"/>
       <c r="I15" s="1"/>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>