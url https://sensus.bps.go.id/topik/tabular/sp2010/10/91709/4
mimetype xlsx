--- v1 (2026-01-01)
+++ v2 (2026-02-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>, , 2010</t>
+    <t>, , Tahun 2010</t>
   </si>
   <si>
     <t>Nama Kecamatan</t>
   </si>
   <si>
     <t>Perkotaan</t>
   </si>
   <si>
     <t>Perdesaan</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Laki-laki</t>
   </si>
   <si>
     <t>Perempuan</t>
   </si>
   <si>
     <t>1276010. BINJAI SELATAN</t>
   </si>
   <si>
     <t>1276020. BINJAI KOTA</t>
   </si>