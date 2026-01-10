--- v0 (2025-11-11)
+++ v1 (2026-01-10)
@@ -820,181 +820,347 @@
         <v>37002</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="6">
         <v>0</v>
       </c>
       <c r="C9" s="6">
         <v>0</v>
       </c>
       <c r="D9" s="6">
         <v>0</v>
       </c>
       <c r="E9" s="6">
         <v>21105</v>
       </c>
       <c r="F9" s="6">
         <v>21214</v>
       </c>
       <c r="G9" s="6">
         <v>42319</v>
       </c>
-      <c r="H9" s="6"/>
-[...1 lines deleted...]
-      <c r="J9" s="6"/>
+      <c r="H9" s="6">
+        <v>21105</v>
+      </c>
+      <c r="I9" s="6">
+        <v>21214</v>
+      </c>
+      <c r="J9" s="6">
+        <v>42319</v>
+      </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="6"/>
-[...7 lines deleted...]
-      <c r="J10" s="6"/>
+      <c r="B10" s="6">
+        <v>0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6">
+        <v>14605</v>
+      </c>
+      <c r="F10" s="6">
+        <v>15484</v>
+      </c>
+      <c r="G10" s="6">
+        <v>30089</v>
+      </c>
+      <c r="H10" s="6">
+        <v>14605</v>
+      </c>
+      <c r="I10" s="6">
+        <v>15484</v>
+      </c>
+      <c r="J10" s="6">
+        <v>30089</v>
+      </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="6"/>
-[...3 lines deleted...]
-      <c r="F11" s="6"/>
+      <c r="B11" s="6">
+        <v>0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>0</v>
+      </c>
+      <c r="D11" s="6">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6">
+        <v>25194</v>
+      </c>
+      <c r="F11" s="6">
+        <v>26429</v>
+      </c>
       <c r="G11" s="6">
         <v>51623</v>
       </c>
-      <c r="H11" s="6"/>
-[...1 lines deleted...]
-      <c r="J11" s="6"/>
+      <c r="H11" s="6">
+        <v>25194</v>
+      </c>
+      <c r="I11" s="6">
+        <v>26429</v>
+      </c>
+      <c r="J11" s="6">
+        <v>51623</v>
+      </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B12" s="6"/>
-[...7 lines deleted...]
-      <c r="J12" s="6"/>
+      <c r="B12" s="6">
+        <v>0</v>
+      </c>
+      <c r="C12" s="6">
+        <v>0</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6">
+        <v>22911</v>
+      </c>
+      <c r="F12" s="6">
+        <v>23108</v>
+      </c>
+      <c r="G12" s="6">
+        <v>46019</v>
+      </c>
+      <c r="H12" s="6">
+        <v>22911</v>
+      </c>
+      <c r="I12" s="6">
+        <v>23108</v>
+      </c>
+      <c r="J12" s="6">
+        <v>46019</v>
+      </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="6"/>
-[...7 lines deleted...]
-      <c r="J13" s="6"/>
+      <c r="B13" s="6">
+        <v>0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6">
+        <v>15119</v>
+      </c>
+      <c r="F13" s="6">
+        <v>15710</v>
+      </c>
+      <c r="G13" s="6">
+        <v>30829</v>
+      </c>
+      <c r="H13" s="6">
+        <v>15119</v>
+      </c>
+      <c r="I13" s="6">
+        <v>15710</v>
+      </c>
+      <c r="J13" s="6">
+        <v>30829</v>
+      </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B14" s="6"/>
-[...7 lines deleted...]
-      <c r="J14" s="6"/>
+      <c r="B14" s="6">
+        <v>14619</v>
+      </c>
+      <c r="C14" s="6">
+        <v>14949</v>
+      </c>
+      <c r="D14" s="6">
+        <v>29568</v>
+      </c>
+      <c r="E14" s="6">
+        <v>6773</v>
+      </c>
+      <c r="F14" s="6">
+        <v>6961</v>
+      </c>
+      <c r="G14" s="6">
+        <v>13734</v>
+      </c>
+      <c r="H14" s="6">
+        <v>21392</v>
+      </c>
+      <c r="I14" s="6">
+        <v>21910</v>
+      </c>
+      <c r="J14" s="6">
+        <v>43302</v>
+      </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B15" s="6"/>
-[...7 lines deleted...]
-      <c r="J15" s="6"/>
+      <c r="B15" s="6">
+        <v>6448</v>
+      </c>
+      <c r="C15" s="6">
+        <v>6768</v>
+      </c>
+      <c r="D15" s="6">
+        <v>13216</v>
+      </c>
+      <c r="E15" s="6">
+        <v>11157</v>
+      </c>
+      <c r="F15" s="6">
+        <v>12324</v>
+      </c>
+      <c r="G15" s="6">
+        <v>23481</v>
+      </c>
+      <c r="H15" s="6">
+        <v>17605</v>
+      </c>
+      <c r="I15" s="6">
+        <v>19092</v>
+      </c>
+      <c r="J15" s="6">
+        <v>36697</v>
+      </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B16" s="6"/>
-[...7 lines deleted...]
-      <c r="J16" s="6"/>
+      <c r="B16" s="6">
+        <v>0</v>
+      </c>
+      <c r="C16" s="6">
+        <v>0</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0</v>
+      </c>
+      <c r="E16" s="6">
+        <v>3467</v>
+      </c>
+      <c r="F16" s="6">
+        <v>3809</v>
+      </c>
+      <c r="G16" s="6">
+        <v>7276</v>
+      </c>
+      <c r="H16" s="6">
+        <v>3467</v>
+      </c>
+      <c r="I16" s="6">
+        <v>3809</v>
+      </c>
+      <c r="J16" s="6">
+        <v>7276</v>
+      </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B17" s="6"/>
-[...7 lines deleted...]
-      <c r="J17" s="6"/>
+      <c r="B17" s="6">
+        <v>0</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0</v>
+      </c>
+      <c r="E17" s="6">
+        <v>23702</v>
+      </c>
+      <c r="F17" s="6">
+        <v>24196</v>
+      </c>
+      <c r="G17" s="6">
+        <v>47898</v>
+      </c>
+      <c r="H17" s="6">
+        <v>23702</v>
+      </c>
+      <c r="I17" s="6">
+        <v>24196</v>
+      </c>
+      <c r="J17" s="6">
+        <v>47898</v>
+      </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="6"/>
-[...7 lines deleted...]
-      <c r="J18" s="6"/>
+      <c r="B18" s="6">
+        <v>21067</v>
+      </c>
+      <c r="C18" s="6">
+        <v>21717</v>
+      </c>
+      <c r="D18" s="6">
+        <v>42784</v>
+      </c>
+      <c r="E18" s="6">
+        <v>191161</v>
+      </c>
+      <c r="F18" s="6">
+        <v>195301</v>
+      </c>
+      <c r="G18" s="6">
+        <v>386462</v>
+      </c>
+      <c r="H18" s="6">
+        <v>212228</v>
+      </c>
+      <c r="I18" s="6">
+        <v>217018</v>
+      </c>
+      <c r="J18" s="6">
+        <v>429246</v>
+      </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="1"/>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>