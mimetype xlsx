--- v1 (2026-01-10)
+++ v2 (2026-02-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>, , 2010</t>
+    <t>, , Tahun 2010</t>
   </si>
   <si>
     <t>Nama Kecamatan</t>
   </si>
   <si>
     <t>Perkotaan</t>
   </si>
   <si>
     <t>Perdesaan</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Laki-laki</t>
   </si>
   <si>
     <t>Perempuan</t>
   </si>
   <si>
     <t>1302010. LUNANG SILAUT</t>
   </si>
   <si>
     <t>1302020. BASA AMPEK BALAI TAPAN</t>
   </si>