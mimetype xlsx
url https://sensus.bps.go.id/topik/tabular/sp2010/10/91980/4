--- v0 (2025-11-11)
+++ v1 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>, , Tahun 2010</t>
+    <t>, , 2010</t>
   </si>
   <si>
     <t>Nama Kecamatan</t>
   </si>
   <si>
     <t>Perkotaan</t>
   </si>
   <si>
     <t>Perdesaan</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Laki-laki</t>
   </si>
   <si>
     <t>Perempuan</t>
   </si>
   <si>
     <t>6202020. MENTAYA HILIR SELATAN</t>
   </si>
   <si>
     <t>6202021. TELUK SAMPIT</t>
   </si>
@@ -951,169 +951,321 @@
         <v>7722</v>
       </c>
       <c r="I12" s="6">
         <v>7258</v>
       </c>
       <c r="J12" s="6">
         <v>14980</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="6">
         <v>2657</v>
       </c>
       <c r="C13" s="6">
         <v>2249</v>
       </c>
       <c r="D13" s="6">
         <v>4906</v>
       </c>
       <c r="E13" s="6">
         <v>6740</v>
       </c>
-      <c r="F13" s="6"/>
-[...3 lines deleted...]
-      <c r="J13" s="6"/>
+      <c r="F13" s="6">
+        <v>5177</v>
+      </c>
+      <c r="G13" s="6">
+        <v>11917</v>
+      </c>
+      <c r="H13" s="6">
+        <v>9397</v>
+      </c>
+      <c r="I13" s="6">
+        <v>7426</v>
+      </c>
+      <c r="J13" s="6">
+        <v>16823</v>
+      </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B14" s="6"/>
-[...7 lines deleted...]
-      <c r="J14" s="6"/>
+      <c r="B14" s="6">
+        <v>25790</v>
+      </c>
+      <c r="C14" s="6">
+        <v>24629</v>
+      </c>
+      <c r="D14" s="6">
+        <v>50419</v>
+      </c>
+      <c r="E14" s="6">
+        <v>577</v>
+      </c>
+      <c r="F14" s="6">
+        <v>542</v>
+      </c>
+      <c r="G14" s="6">
+        <v>1119</v>
+      </c>
+      <c r="H14" s="6">
+        <v>26367</v>
+      </c>
+      <c r="I14" s="6">
+        <v>25171</v>
+      </c>
+      <c r="J14" s="6">
+        <v>51538</v>
+      </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B15" s="6"/>
-[...1 lines deleted...]
-      <c r="D15" s="6"/>
+      <c r="B15" s="6">
+        <v>0</v>
+      </c>
+      <c r="C15" s="6">
+        <v>0</v>
+      </c>
+      <c r="D15" s="6">
+        <v>0</v>
+      </c>
       <c r="E15" s="6">
         <v>9853</v>
       </c>
-      <c r="F15" s="6"/>
-[...3 lines deleted...]
-      <c r="J15" s="6"/>
+      <c r="F15" s="6">
+        <v>9223</v>
+      </c>
+      <c r="G15" s="6">
+        <v>19076</v>
+      </c>
+      <c r="H15" s="6">
+        <v>9853</v>
+      </c>
+      <c r="I15" s="6">
+        <v>9223</v>
+      </c>
+      <c r="J15" s="6">
+        <v>19076</v>
+      </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B16" s="6"/>
-[...7 lines deleted...]
-      <c r="J16" s="6"/>
+      <c r="B16" s="6">
+        <v>0</v>
+      </c>
+      <c r="C16" s="6">
+        <v>0</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0</v>
+      </c>
+      <c r="E16" s="6">
+        <v>12525</v>
+      </c>
+      <c r="F16" s="6">
+        <v>10737</v>
+      </c>
+      <c r="G16" s="6">
+        <v>23262</v>
+      </c>
+      <c r="H16" s="6">
+        <v>12525</v>
+      </c>
+      <c r="I16" s="6">
+        <v>10737</v>
+      </c>
+      <c r="J16" s="6">
+        <v>23262</v>
+      </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B17" s="6"/>
-[...7 lines deleted...]
-      <c r="J17" s="6"/>
+      <c r="B17" s="6">
+        <v>3938</v>
+      </c>
+      <c r="C17" s="6">
+        <v>3489</v>
+      </c>
+      <c r="D17" s="6">
+        <v>7427</v>
+      </c>
+      <c r="E17" s="6">
+        <v>15598</v>
+      </c>
+      <c r="F17" s="6">
+        <v>12583</v>
+      </c>
+      <c r="G17" s="6">
+        <v>28181</v>
+      </c>
+      <c r="H17" s="6">
+        <v>19536</v>
+      </c>
+      <c r="I17" s="6">
+        <v>16072</v>
+      </c>
+      <c r="J17" s="6">
+        <v>35608</v>
+      </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="6"/>
-[...7 lines deleted...]
-      <c r="J18" s="6"/>
+      <c r="B18" s="6">
+        <v>0</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0</v>
+      </c>
+      <c r="E18" s="6">
+        <v>15549</v>
+      </c>
+      <c r="F18" s="6">
+        <v>12973</v>
+      </c>
+      <c r="G18" s="6">
+        <v>28522</v>
+      </c>
+      <c r="H18" s="6">
+        <v>15549</v>
+      </c>
+      <c r="I18" s="6">
+        <v>12973</v>
+      </c>
+      <c r="J18" s="6">
+        <v>28522</v>
+      </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="6"/>
-[...7 lines deleted...]
-      <c r="J19" s="6"/>
+      <c r="B19" s="6">
+        <v>0</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0</v>
+      </c>
+      <c r="D19" s="6">
+        <v>0</v>
+      </c>
+      <c r="E19" s="6">
+        <v>4340</v>
+      </c>
+      <c r="F19" s="6">
+        <v>3698</v>
+      </c>
+      <c r="G19" s="6">
+        <v>8038</v>
+      </c>
+      <c r="H19" s="6">
+        <v>4340</v>
+      </c>
+      <c r="I19" s="6">
+        <v>3698</v>
+      </c>
+      <c r="J19" s="6">
+        <v>8038</v>
+      </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B20" s="6"/>
-[...7 lines deleted...]
-      <c r="J20" s="6"/>
+      <c r="B20" s="6">
+        <v>0</v>
+      </c>
+      <c r="C20" s="6">
+        <v>0</v>
+      </c>
+      <c r="D20" s="6">
+        <v>0</v>
+      </c>
+      <c r="E20" s="6">
+        <v>15694</v>
+      </c>
+      <c r="F20" s="6">
+        <v>13047</v>
+      </c>
+      <c r="G20" s="6">
+        <v>28741</v>
+      </c>
+      <c r="H20" s="6">
+        <v>15694</v>
+      </c>
+      <c r="I20" s="6">
+        <v>13047</v>
+      </c>
+      <c r="J20" s="6">
+        <v>28741</v>
+      </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B21" s="6"/>
-[...7 lines deleted...]
-      <c r="J21" s="6"/>
+      <c r="B21" s="6">
+        <v>69116</v>
+      </c>
+      <c r="C21" s="6">
+        <v>64697</v>
+      </c>
+      <c r="D21" s="6">
+        <v>133813</v>
+      </c>
+      <c r="E21" s="6">
+        <v>128411</v>
+      </c>
+      <c r="F21" s="6">
+        <v>111951</v>
+      </c>
+      <c r="G21" s="6">
+        <v>240362</v>
+      </c>
+      <c r="H21" s="6">
+        <v>197527</v>
+      </c>
+      <c r="I21" s="6">
+        <v>176648</v>
+      </c>
+      <c r="J21" s="6">
+        <v>374175</v>
+      </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="10"/>
       <c r="C25" s="10"/>
       <c r="D25" s="10"/>
       <c r="E25" s="10"/>
       <c r="F25" s="10"/>
       <c r="G25" s="10"/>
       <c r="H25" s="10"/>
       <c r="I25" s="1"/>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="10"/>
       <c r="F26" s="10"/>