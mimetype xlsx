--- v0 (2025-11-10)
+++ v1 (2025-12-31)
@@ -685,131 +685,237 @@
         <v>4</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="6"/>
-[...7 lines deleted...]
-      <c r="J6" s="6"/>
+      <c r="B6" s="6">
+        <v>0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>2270</v>
+      </c>
+      <c r="F6" s="6">
+        <v>2142</v>
+      </c>
+      <c r="G6" s="6">
+        <v>4412</v>
+      </c>
+      <c r="H6" s="6">
+        <v>2270</v>
+      </c>
+      <c r="I6" s="6">
+        <v>2142</v>
+      </c>
+      <c r="J6" s="6">
+        <v>4412</v>
+      </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="6"/>
-[...5 lines deleted...]
-      <c r="H7" s="6"/>
+      <c r="B7" s="6">
+        <v>0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>2477</v>
+      </c>
+      <c r="F7" s="6">
+        <v>2369</v>
+      </c>
+      <c r="G7" s="6">
+        <v>4846</v>
+      </c>
+      <c r="H7" s="6">
+        <v>2477</v>
+      </c>
       <c r="I7" s="6">
         <v>2369</v>
       </c>
-      <c r="J7" s="6"/>
+      <c r="J7" s="6">
+        <v>4846</v>
+      </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="6"/>
-[...7 lines deleted...]
-      <c r="J8" s="6"/>
+      <c r="B8" s="6">
+        <v>6736</v>
+      </c>
+      <c r="C8" s="6">
+        <v>6230</v>
+      </c>
+      <c r="D8" s="6">
+        <v>12966</v>
+      </c>
+      <c r="E8" s="6">
+        <v>3599</v>
+      </c>
+      <c r="F8" s="6">
+        <v>3058</v>
+      </c>
+      <c r="G8" s="6">
+        <v>6657</v>
+      </c>
+      <c r="H8" s="6">
+        <v>10335</v>
+      </c>
+      <c r="I8" s="6">
+        <v>9288</v>
+      </c>
+      <c r="J8" s="6">
+        <v>19623</v>
+      </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="6"/>
-[...7 lines deleted...]
-      <c r="J9" s="6"/>
+      <c r="B9" s="6">
+        <v>0</v>
+      </c>
+      <c r="C9" s="6">
+        <v>0</v>
+      </c>
+      <c r="D9" s="6">
+        <v>0</v>
+      </c>
+      <c r="E9" s="6">
+        <v>3573</v>
+      </c>
+      <c r="F9" s="6">
+        <v>3076</v>
+      </c>
+      <c r="G9" s="6">
+        <v>6649</v>
+      </c>
+      <c r="H9" s="6">
+        <v>3573</v>
+      </c>
+      <c r="I9" s="6">
+        <v>3076</v>
+      </c>
+      <c r="J9" s="6">
+        <v>6649</v>
+      </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="6"/>
-[...7 lines deleted...]
-      <c r="J10" s="6"/>
+      <c r="B10" s="6">
+        <v>0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6">
+        <v>5224</v>
+      </c>
+      <c r="F10" s="6">
+        <v>4198</v>
+      </c>
+      <c r="G10" s="6">
+        <v>9422</v>
+      </c>
+      <c r="H10" s="6">
+        <v>5224</v>
+      </c>
+      <c r="I10" s="6">
+        <v>4198</v>
+      </c>
+      <c r="J10" s="6">
+        <v>9422</v>
+      </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="6"/>
-[...7 lines deleted...]
-      <c r="J11" s="6"/>
+      <c r="B11" s="6">
+        <v>6736</v>
+      </c>
+      <c r="C11" s="6">
+        <v>6230</v>
+      </c>
+      <c r="D11" s="6">
+        <v>12966</v>
+      </c>
+      <c r="E11" s="6">
+        <v>17143</v>
+      </c>
+      <c r="F11" s="6">
+        <v>14843</v>
+      </c>
+      <c r="G11" s="6">
+        <v>31986</v>
+      </c>
+      <c r="H11" s="6">
+        <v>23879</v>
+      </c>
+      <c r="I11" s="6">
+        <v>21073</v>
+      </c>
+      <c r="J11" s="6">
+        <v>44952</v>
+      </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="10"/>
       <c r="G15" s="10"/>
       <c r="H15" s="10"/>
       <c r="I15" s="1"/>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>