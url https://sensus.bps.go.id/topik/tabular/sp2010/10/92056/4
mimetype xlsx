--- v0 (2025-11-06)
+++ v1 (2026-02-08)
@@ -868,390 +868,824 @@
     <row r="9" spans="1:10">
       <c r="A9" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="6">
         <v>0</v>
       </c>
       <c r="C9" s="6">
         <v>0</v>
       </c>
       <c r="D9" s="6">
         <v>0</v>
       </c>
       <c r="E9" s="6">
         <v>7267</v>
       </c>
       <c r="F9" s="6">
         <v>7703</v>
       </c>
       <c r="G9" s="6">
         <v>14970</v>
       </c>
       <c r="H9" s="6">
         <v>7267</v>
       </c>
-      <c r="I9" s="6"/>
-      <c r="J9" s="6"/>
+      <c r="I9" s="6">
+        <v>7703</v>
+      </c>
+      <c r="J9" s="6">
+        <v>14970</v>
+      </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="6"/>
-[...7 lines deleted...]
-      <c r="J10" s="6"/>
+      <c r="B10" s="6">
+        <v>0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0</v>
+      </c>
+      <c r="E10" s="6">
+        <v>6173</v>
+      </c>
+      <c r="F10" s="6">
+        <v>6657</v>
+      </c>
+      <c r="G10" s="6">
+        <v>12830</v>
+      </c>
+      <c r="H10" s="6">
+        <v>6173</v>
+      </c>
+      <c r="I10" s="6">
+        <v>6657</v>
+      </c>
+      <c r="J10" s="6">
+        <v>12830</v>
+      </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="6"/>
-[...4 lines deleted...]
-      <c r="G11" s="6"/>
+      <c r="B11" s="6">
+        <v>0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>0</v>
+      </c>
+      <c r="D11" s="6">
+        <v>0</v>
+      </c>
+      <c r="E11" s="6">
+        <v>7547</v>
+      </c>
+      <c r="F11" s="6">
+        <v>8123</v>
+      </c>
+      <c r="G11" s="6">
+        <v>15670</v>
+      </c>
       <c r="H11" s="6">
         <v>7547</v>
       </c>
-      <c r="I11" s="6"/>
-      <c r="J11" s="6"/>
+      <c r="I11" s="6">
+        <v>8123</v>
+      </c>
+      <c r="J11" s="6">
+        <v>15670</v>
+      </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B12" s="6"/>
-[...7 lines deleted...]
-      <c r="J12" s="6"/>
+      <c r="B12" s="6">
+        <v>480</v>
+      </c>
+      <c r="C12" s="6">
+        <v>434</v>
+      </c>
+      <c r="D12" s="6">
+        <v>914</v>
+      </c>
+      <c r="E12" s="6">
+        <v>14046</v>
+      </c>
+      <c r="F12" s="6">
+        <v>14205</v>
+      </c>
+      <c r="G12" s="6">
+        <v>28251</v>
+      </c>
+      <c r="H12" s="6">
+        <v>14526</v>
+      </c>
+      <c r="I12" s="6">
+        <v>14639</v>
+      </c>
+      <c r="J12" s="6">
+        <v>29165</v>
+      </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="6"/>
-[...7 lines deleted...]
-      <c r="J13" s="6"/>
+      <c r="B13" s="6">
+        <v>614</v>
+      </c>
+      <c r="C13" s="6">
+        <v>713</v>
+      </c>
+      <c r="D13" s="6">
+        <v>1327</v>
+      </c>
+      <c r="E13" s="6">
+        <v>11582</v>
+      </c>
+      <c r="F13" s="6">
+        <v>12220</v>
+      </c>
+      <c r="G13" s="6">
+        <v>23802</v>
+      </c>
+      <c r="H13" s="6">
+        <v>12196</v>
+      </c>
+      <c r="I13" s="6">
+        <v>12933</v>
+      </c>
+      <c r="J13" s="6">
+        <v>25129</v>
+      </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B14" s="6"/>
-[...7 lines deleted...]
-      <c r="J14" s="6"/>
+      <c r="B14" s="6">
+        <v>0</v>
+      </c>
+      <c r="C14" s="6">
+        <v>0</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6">
+        <v>15244</v>
+      </c>
+      <c r="F14" s="6">
+        <v>17420</v>
+      </c>
+      <c r="G14" s="6">
+        <v>32664</v>
+      </c>
+      <c r="H14" s="6">
+        <v>15244</v>
+      </c>
+      <c r="I14" s="6">
+        <v>17420</v>
+      </c>
+      <c r="J14" s="6">
+        <v>32664</v>
+      </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B15" s="6"/>
-[...7 lines deleted...]
-      <c r="J15" s="6"/>
+      <c r="B15" s="6">
+        <v>1641</v>
+      </c>
+      <c r="C15" s="6">
+        <v>1668</v>
+      </c>
+      <c r="D15" s="6">
+        <v>3309</v>
+      </c>
+      <c r="E15" s="6">
+        <v>10507</v>
+      </c>
+      <c r="F15" s="6">
+        <v>11621</v>
+      </c>
+      <c r="G15" s="6">
+        <v>22128</v>
+      </c>
+      <c r="H15" s="6">
+        <v>12148</v>
+      </c>
+      <c r="I15" s="6">
+        <v>13289</v>
+      </c>
+      <c r="J15" s="6">
+        <v>25437</v>
+      </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B16" s="6"/>
-[...7 lines deleted...]
-      <c r="J16" s="6"/>
+      <c r="B16" s="6">
+        <v>0</v>
+      </c>
+      <c r="C16" s="6">
+        <v>0</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0</v>
+      </c>
+      <c r="E16" s="6">
+        <v>12327</v>
+      </c>
+      <c r="F16" s="6">
+        <v>14056</v>
+      </c>
+      <c r="G16" s="6">
+        <v>26383</v>
+      </c>
+      <c r="H16" s="6">
+        <v>12327</v>
+      </c>
+      <c r="I16" s="6">
+        <v>14056</v>
+      </c>
+      <c r="J16" s="6">
+        <v>26383</v>
+      </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B17" s="6"/>
-[...7 lines deleted...]
-      <c r="J17" s="6"/>
+      <c r="B17" s="6">
+        <v>0</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0</v>
+      </c>
+      <c r="E17" s="6">
+        <v>6430</v>
+      </c>
+      <c r="F17" s="6">
+        <v>6768</v>
+      </c>
+      <c r="G17" s="6">
+        <v>13198</v>
+      </c>
+      <c r="H17" s="6">
+        <v>6430</v>
+      </c>
+      <c r="I17" s="6">
+        <v>6768</v>
+      </c>
+      <c r="J17" s="6">
+        <v>13198</v>
+      </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="6"/>
-[...7 lines deleted...]
-      <c r="J18" s="6"/>
+      <c r="B18" s="6">
+        <v>0</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0</v>
+      </c>
+      <c r="E18" s="6">
+        <v>11076</v>
+      </c>
+      <c r="F18" s="6">
+        <v>12107</v>
+      </c>
+      <c r="G18" s="6">
+        <v>23183</v>
+      </c>
+      <c r="H18" s="6">
+        <v>11076</v>
+      </c>
+      <c r="I18" s="6">
+        <v>12107</v>
+      </c>
+      <c r="J18" s="6">
+        <v>23183</v>
+      </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="6"/>
-[...7 lines deleted...]
-      <c r="J19" s="6"/>
+      <c r="B19" s="6">
+        <v>0</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0</v>
+      </c>
+      <c r="D19" s="6">
+        <v>0</v>
+      </c>
+      <c r="E19" s="6">
+        <v>11363</v>
+      </c>
+      <c r="F19" s="6">
+        <v>12930</v>
+      </c>
+      <c r="G19" s="6">
+        <v>24293</v>
+      </c>
+      <c r="H19" s="6">
+        <v>11363</v>
+      </c>
+      <c r="I19" s="6">
+        <v>12930</v>
+      </c>
+      <c r="J19" s="6">
+        <v>24293</v>
+      </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B20" s="6"/>
-[...7 lines deleted...]
-      <c r="J20" s="6"/>
+      <c r="B20" s="6">
+        <v>0</v>
+      </c>
+      <c r="C20" s="6">
+        <v>0</v>
+      </c>
+      <c r="D20" s="6">
+        <v>0</v>
+      </c>
+      <c r="E20" s="6">
+        <v>6824</v>
+      </c>
+      <c r="F20" s="6">
+        <v>6947</v>
+      </c>
+      <c r="G20" s="6">
+        <v>13771</v>
+      </c>
+      <c r="H20" s="6">
+        <v>6824</v>
+      </c>
+      <c r="I20" s="6">
+        <v>6947</v>
+      </c>
+      <c r="J20" s="6">
+        <v>13771</v>
+      </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B21" s="6"/>
-[...7 lines deleted...]
-      <c r="J21" s="6"/>
+      <c r="B21" s="6">
+        <v>0</v>
+      </c>
+      <c r="C21" s="6">
+        <v>0</v>
+      </c>
+      <c r="D21" s="6">
+        <v>0</v>
+      </c>
+      <c r="E21" s="6">
+        <v>12164</v>
+      </c>
+      <c r="F21" s="6">
+        <v>13083</v>
+      </c>
+      <c r="G21" s="6">
+        <v>25247</v>
+      </c>
+      <c r="H21" s="6">
+        <v>12164</v>
+      </c>
+      <c r="I21" s="6">
+        <v>13083</v>
+      </c>
+      <c r="J21" s="6">
+        <v>25247</v>
+      </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B22" s="6"/>
-[...7 lines deleted...]
-      <c r="J22" s="6"/>
+      <c r="B22" s="6">
+        <v>635</v>
+      </c>
+      <c r="C22" s="6">
+        <v>777</v>
+      </c>
+      <c r="D22" s="6">
+        <v>1412</v>
+      </c>
+      <c r="E22" s="6">
+        <v>10801</v>
+      </c>
+      <c r="F22" s="6">
+        <v>12291</v>
+      </c>
+      <c r="G22" s="6">
+        <v>23092</v>
+      </c>
+      <c r="H22" s="6">
+        <v>11436</v>
+      </c>
+      <c r="I22" s="6">
+        <v>13068</v>
+      </c>
+      <c r="J22" s="6">
+        <v>24504</v>
+      </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B23" s="6"/>
-[...7 lines deleted...]
-      <c r="J23" s="6"/>
+      <c r="B23" s="6">
+        <v>0</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0</v>
+      </c>
+      <c r="D23" s="6">
+        <v>0</v>
+      </c>
+      <c r="E23" s="6">
+        <v>10258</v>
+      </c>
+      <c r="F23" s="6">
+        <v>11826</v>
+      </c>
+      <c r="G23" s="6">
+        <v>22084</v>
+      </c>
+      <c r="H23" s="6">
+        <v>10258</v>
+      </c>
+      <c r="I23" s="6">
+        <v>11826</v>
+      </c>
+      <c r="J23" s="6">
+        <v>22084</v>
+      </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B24" s="6"/>
-[...7 lines deleted...]
-      <c r="J24" s="6"/>
+      <c r="B24" s="6">
+        <v>0</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0</v>
+      </c>
+      <c r="D24" s="6">
+        <v>0</v>
+      </c>
+      <c r="E24" s="6">
+        <v>13156</v>
+      </c>
+      <c r="F24" s="6">
+        <v>15427</v>
+      </c>
+      <c r="G24" s="6">
+        <v>28583</v>
+      </c>
+      <c r="H24" s="6">
+        <v>13156</v>
+      </c>
+      <c r="I24" s="6">
+        <v>15427</v>
+      </c>
+      <c r="J24" s="6">
+        <v>28583</v>
+      </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B25" s="6"/>
-[...7 lines deleted...]
-      <c r="J25" s="6"/>
+      <c r="B25" s="6">
+        <v>0</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0</v>
+      </c>
+      <c r="D25" s="6">
+        <v>0</v>
+      </c>
+      <c r="E25" s="6">
+        <v>18466</v>
+      </c>
+      <c r="F25" s="6">
+        <v>21267</v>
+      </c>
+      <c r="G25" s="6">
+        <v>39733</v>
+      </c>
+      <c r="H25" s="6">
+        <v>18466</v>
+      </c>
+      <c r="I25" s="6">
+        <v>21267</v>
+      </c>
+      <c r="J25" s="6">
+        <v>39733</v>
+      </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="B26" s="6"/>
-[...7 lines deleted...]
-      <c r="J26" s="6"/>
+      <c r="B26" s="6">
+        <v>0</v>
+      </c>
+      <c r="C26" s="6">
+        <v>0</v>
+      </c>
+      <c r="D26" s="6">
+        <v>0</v>
+      </c>
+      <c r="E26" s="6">
+        <v>9348</v>
+      </c>
+      <c r="F26" s="6">
+        <v>11198</v>
+      </c>
+      <c r="G26" s="6">
+        <v>20546</v>
+      </c>
+      <c r="H26" s="6">
+        <v>9348</v>
+      </c>
+      <c r="I26" s="6">
+        <v>11198</v>
+      </c>
+      <c r="J26" s="6">
+        <v>20546</v>
+      </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B27" s="6"/>
-[...7 lines deleted...]
-      <c r="J27" s="6"/>
+      <c r="B27" s="6">
+        <v>1907</v>
+      </c>
+      <c r="C27" s="6">
+        <v>2089</v>
+      </c>
+      <c r="D27" s="6">
+        <v>3996</v>
+      </c>
+      <c r="E27" s="6">
+        <v>10686</v>
+      </c>
+      <c r="F27" s="6">
+        <v>12521</v>
+      </c>
+      <c r="G27" s="6">
+        <v>23207</v>
+      </c>
+      <c r="H27" s="6">
+        <v>12593</v>
+      </c>
+      <c r="I27" s="6">
+        <v>14610</v>
+      </c>
+      <c r="J27" s="6">
+        <v>27203</v>
+      </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B28" s="6"/>
-[...7 lines deleted...]
-      <c r="J28" s="6"/>
+      <c r="B28" s="6">
+        <v>933</v>
+      </c>
+      <c r="C28" s="6">
+        <v>1048</v>
+      </c>
+      <c r="D28" s="6">
+        <v>1981</v>
+      </c>
+      <c r="E28" s="6">
+        <v>12866</v>
+      </c>
+      <c r="F28" s="6">
+        <v>15094</v>
+      </c>
+      <c r="G28" s="6">
+        <v>27960</v>
+      </c>
+      <c r="H28" s="6">
+        <v>13799</v>
+      </c>
+      <c r="I28" s="6">
+        <v>16142</v>
+      </c>
+      <c r="J28" s="6">
+        <v>29941</v>
+      </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B29" s="6"/>
-[...7 lines deleted...]
-      <c r="J29" s="6"/>
+      <c r="B29" s="6">
+        <v>0</v>
+      </c>
+      <c r="C29" s="6">
+        <v>0</v>
+      </c>
+      <c r="D29" s="6">
+        <v>0</v>
+      </c>
+      <c r="E29" s="6">
+        <v>11091</v>
+      </c>
+      <c r="F29" s="6">
+        <v>12271</v>
+      </c>
+      <c r="G29" s="6">
+        <v>23362</v>
+      </c>
+      <c r="H29" s="6">
+        <v>11091</v>
+      </c>
+      <c r="I29" s="6">
+        <v>12271</v>
+      </c>
+      <c r="J29" s="6">
+        <v>23362</v>
+      </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B30" s="6"/>
-[...7 lines deleted...]
-      <c r="J30" s="6"/>
+      <c r="B30" s="6">
+        <v>18313</v>
+      </c>
+      <c r="C30" s="6">
+        <v>19804</v>
+      </c>
+      <c r="D30" s="6">
+        <v>38117</v>
+      </c>
+      <c r="E30" s="6">
+        <v>2589</v>
+      </c>
+      <c r="F30" s="6">
+        <v>2806</v>
+      </c>
+      <c r="G30" s="6">
+        <v>5395</v>
+      </c>
+      <c r="H30" s="6">
+        <v>20902</v>
+      </c>
+      <c r="I30" s="6">
+        <v>22610</v>
+      </c>
+      <c r="J30" s="6">
+        <v>43512</v>
+      </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B31" s="6"/>
-[...7 lines deleted...]
-      <c r="J31" s="6"/>
+      <c r="B31" s="6">
+        <v>21859</v>
+      </c>
+      <c r="C31" s="6">
+        <v>24540</v>
+      </c>
+      <c r="D31" s="6">
+        <v>46399</v>
+      </c>
+      <c r="E31" s="6">
+        <v>997</v>
+      </c>
+      <c r="F31" s="6">
+        <v>1136</v>
+      </c>
+      <c r="G31" s="6">
+        <v>2133</v>
+      </c>
+      <c r="H31" s="6">
+        <v>22856</v>
+      </c>
+      <c r="I31" s="6">
+        <v>25676</v>
+      </c>
+      <c r="J31" s="6">
+        <v>48532</v>
+      </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B32" s="6"/>
-[...7 lines deleted...]
-      <c r="J32" s="6"/>
+      <c r="B32" s="6">
+        <v>9986</v>
+      </c>
+      <c r="C32" s="6">
+        <v>10294</v>
+      </c>
+      <c r="D32" s="6">
+        <v>20280</v>
+      </c>
+      <c r="E32" s="6">
+        <v>10075</v>
+      </c>
+      <c r="F32" s="6">
+        <v>10038</v>
+      </c>
+      <c r="G32" s="6">
+        <v>20113</v>
+      </c>
+      <c r="H32" s="6">
+        <v>20061</v>
+      </c>
+      <c r="I32" s="6">
+        <v>20332</v>
+      </c>
+      <c r="J32" s="6">
+        <v>40393</v>
+      </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B33" s="6"/>
-[...7 lines deleted...]
-      <c r="J33" s="6"/>
+      <c r="B33" s="6">
+        <v>60051</v>
+      </c>
+      <c r="C33" s="6">
+        <v>65240</v>
+      </c>
+      <c r="D33" s="6">
+        <v>125291</v>
+      </c>
+      <c r="E33" s="6">
+        <v>281563</v>
+      </c>
+      <c r="F33" s="6">
+        <v>310828</v>
+      </c>
+      <c r="G33" s="6">
+        <v>592391</v>
+      </c>
+      <c r="H33" s="6">
+        <v>341614</v>
+      </c>
+      <c r="I33" s="6">
+        <v>376068</v>
+      </c>
+      <c r="J33" s="6">
+        <v>717682</v>
+      </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="10"/>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="10"/>
       <c r="F37" s="10"/>
       <c r="G37" s="10"/>
       <c r="H37" s="10"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="9" t="s">
         <v>36</v>
       </c>
       <c r="B38" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C38" s="10"/>
       <c r="D38" s="10"/>
       <c r="E38" s="10"/>
       <c r="F38" s="10"/>