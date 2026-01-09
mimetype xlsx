--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -1154,997 +1154,2367 @@
     <row r="9" spans="1:25">
       <c r="A9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="6">
         <v>61494</v>
       </c>
       <c r="C9" s="6">
         <v>59519</v>
       </c>
       <c r="D9" s="6">
         <v>121013</v>
       </c>
       <c r="E9" s="6">
         <v>128356</v>
       </c>
       <c r="F9" s="6">
         <v>121097</v>
       </c>
       <c r="G9" s="6">
         <v>249453</v>
       </c>
       <c r="H9" s="6">
         <v>132183</v>
       </c>
-      <c r="I9" s="6"/>
-[...4 lines deleted...]
-      <c r="N9" s="6"/>
+      <c r="I9" s="6">
+        <v>125847</v>
+      </c>
+      <c r="J9" s="6">
+        <v>258030</v>
+      </c>
+      <c r="K9" s="6">
+        <v>108213</v>
+      </c>
+      <c r="L9" s="6">
+        <v>107130</v>
+      </c>
+      <c r="M9" s="6">
+        <v>215343</v>
+      </c>
+      <c r="N9" s="6">
+        <v>74710</v>
+      </c>
       <c r="O9" s="6">
         <v>73988</v>
       </c>
-      <c r="P9" s="6"/>
-[...2 lines deleted...]
-      <c r="S9" s="6"/>
+      <c r="P9" s="6">
+        <v>148698</v>
+      </c>
+      <c r="Q9" s="6">
+        <v>12100</v>
+      </c>
+      <c r="R9" s="6">
+        <v>13130</v>
+      </c>
+      <c r="S9" s="6">
+        <v>25230</v>
+      </c>
       <c r="T9" s="6"/>
       <c r="U9" s="6"/>
       <c r="V9" s="6"/>
-      <c r="W9" s="6"/>
-[...1 lines deleted...]
-      <c r="Y9" s="6"/>
+      <c r="W9" s="6">
+        <v>517056</v>
+      </c>
+      <c r="X9" s="6">
+        <v>500711</v>
+      </c>
+      <c r="Y9" s="6">
+        <v>1017767</v>
+      </c>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="6"/>
-[...16 lines deleted...]
-      <c r="S10" s="6"/>
+      <c r="B10" s="6">
+        <v>82243</v>
+      </c>
+      <c r="C10" s="6">
+        <v>77531</v>
+      </c>
+      <c r="D10" s="6">
+        <v>159774</v>
+      </c>
+      <c r="E10" s="6">
+        <v>177123</v>
+      </c>
+      <c r="F10" s="6">
+        <v>164524</v>
+      </c>
+      <c r="G10" s="6">
+        <v>341647</v>
+      </c>
+      <c r="H10" s="6">
+        <v>172095</v>
+      </c>
+      <c r="I10" s="6">
+        <v>160457</v>
+      </c>
+      <c r="J10" s="6">
+        <v>332552</v>
+      </c>
+      <c r="K10" s="6">
+        <v>136747</v>
+      </c>
+      <c r="L10" s="6">
+        <v>140162</v>
+      </c>
+      <c r="M10" s="6">
+        <v>276909</v>
+      </c>
+      <c r="N10" s="6">
+        <v>99800</v>
+      </c>
+      <c r="O10" s="6">
+        <v>104670</v>
+      </c>
+      <c r="P10" s="6">
+        <v>204470</v>
+      </c>
+      <c r="Q10" s="6">
+        <v>16338</v>
+      </c>
+      <c r="R10" s="6">
+        <v>18748</v>
+      </c>
+      <c r="S10" s="6">
+        <v>35086</v>
+      </c>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
-      <c r="W10" s="6"/>
-[...1 lines deleted...]
-      <c r="Y10" s="6"/>
+      <c r="W10" s="6">
+        <v>684346</v>
+      </c>
+      <c r="X10" s="6">
+        <v>666092</v>
+      </c>
+      <c r="Y10" s="6">
+        <v>1350438</v>
+      </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="6"/>
-[...16 lines deleted...]
-      <c r="S11" s="6"/>
+      <c r="B11" s="6">
+        <v>42444</v>
+      </c>
+      <c r="C11" s="6">
+        <v>40707</v>
+      </c>
+      <c r="D11" s="6">
+        <v>83151</v>
+      </c>
+      <c r="E11" s="6">
+        <v>94756</v>
+      </c>
+      <c r="F11" s="6">
+        <v>88833</v>
+      </c>
+      <c r="G11" s="6">
+        <v>183589</v>
+      </c>
+      <c r="H11" s="6">
+        <v>89542</v>
+      </c>
+      <c r="I11" s="6">
+        <v>85923</v>
+      </c>
+      <c r="J11" s="6">
+        <v>175465</v>
+      </c>
+      <c r="K11" s="6">
+        <v>82186</v>
+      </c>
+      <c r="L11" s="6">
+        <v>84887</v>
+      </c>
+      <c r="M11" s="6">
+        <v>167073</v>
+      </c>
+      <c r="N11" s="6">
+        <v>64383</v>
+      </c>
+      <c r="O11" s="6">
+        <v>69170</v>
+      </c>
+      <c r="P11" s="6">
+        <v>133553</v>
+      </c>
+      <c r="Q11" s="6">
+        <v>11955</v>
+      </c>
+      <c r="R11" s="6">
+        <v>15094</v>
+      </c>
+      <c r="S11" s="6">
+        <v>27049</v>
+      </c>
       <c r="T11" s="6"/>
       <c r="U11" s="6"/>
       <c r="V11" s="6"/>
-      <c r="W11" s="6"/>
-[...1 lines deleted...]
-      <c r="Y11" s="6"/>
+      <c r="W11" s="6">
+        <v>385266</v>
+      </c>
+      <c r="X11" s="6">
+        <v>384614</v>
+      </c>
+      <c r="Y11" s="6">
+        <v>769880</v>
+      </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B12" s="6"/>
-[...16 lines deleted...]
-      <c r="S12" s="6"/>
+      <c r="B12" s="6">
+        <v>54824</v>
+      </c>
+      <c r="C12" s="6">
+        <v>51907</v>
+      </c>
+      <c r="D12" s="6">
+        <v>106731</v>
+      </c>
+      <c r="E12" s="6">
+        <v>112363</v>
+      </c>
+      <c r="F12" s="6">
+        <v>106992</v>
+      </c>
+      <c r="G12" s="6">
+        <v>219355</v>
+      </c>
+      <c r="H12" s="6">
+        <v>111978</v>
+      </c>
+      <c r="I12" s="6">
+        <v>105632</v>
+      </c>
+      <c r="J12" s="6">
+        <v>217610</v>
+      </c>
+      <c r="K12" s="6">
+        <v>96415</v>
+      </c>
+      <c r="L12" s="6">
+        <v>97229</v>
+      </c>
+      <c r="M12" s="6">
+        <v>193644</v>
+      </c>
+      <c r="N12" s="6">
+        <v>63167</v>
+      </c>
+      <c r="O12" s="6">
+        <v>60437</v>
+      </c>
+      <c r="P12" s="6">
+        <v>123604</v>
+      </c>
+      <c r="Q12" s="6">
+        <v>9405</v>
+      </c>
+      <c r="R12" s="6">
+        <v>8775</v>
+      </c>
+      <c r="S12" s="6">
+        <v>18180</v>
+      </c>
       <c r="T12" s="6"/>
       <c r="U12" s="6"/>
       <c r="V12" s="6"/>
-      <c r="W12" s="6"/>
-[...1 lines deleted...]
-      <c r="Y12" s="6"/>
+      <c r="W12" s="6">
+        <v>448152</v>
+      </c>
+      <c r="X12" s="6">
+        <v>430972</v>
+      </c>
+      <c r="Y12" s="6">
+        <v>879124</v>
+      </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B13" s="6"/>
-[...16 lines deleted...]
-      <c r="S13" s="6"/>
+      <c r="B13" s="6">
+        <v>75041</v>
+      </c>
+      <c r="C13" s="6">
+        <v>72447</v>
+      </c>
+      <c r="D13" s="6">
+        <v>147488</v>
+      </c>
+      <c r="E13" s="6">
+        <v>162617</v>
+      </c>
+      <c r="F13" s="6">
+        <v>154335</v>
+      </c>
+      <c r="G13" s="6">
+        <v>316952</v>
+      </c>
+      <c r="H13" s="6">
+        <v>158026</v>
+      </c>
+      <c r="I13" s="6">
+        <v>151437</v>
+      </c>
+      <c r="J13" s="6">
+        <v>309463</v>
+      </c>
+      <c r="K13" s="6">
+        <v>146832</v>
+      </c>
+      <c r="L13" s="6">
+        <v>148134</v>
+      </c>
+      <c r="M13" s="6">
+        <v>294966</v>
+      </c>
+      <c r="N13" s="6">
+        <v>97743</v>
+      </c>
+      <c r="O13" s="6">
+        <v>101219</v>
+      </c>
+      <c r="P13" s="6">
+        <v>198962</v>
+      </c>
+      <c r="Q13" s="6">
+        <v>14730</v>
+      </c>
+      <c r="R13" s="6">
+        <v>17298</v>
+      </c>
+      <c r="S13" s="6">
+        <v>32028</v>
+      </c>
       <c r="T13" s="6"/>
       <c r="U13" s="6"/>
       <c r="V13" s="6"/>
-      <c r="W13" s="6"/>
-[...1 lines deleted...]
-      <c r="Y13" s="6"/>
+      <c r="W13" s="6">
+        <v>654989</v>
+      </c>
+      <c r="X13" s="6">
+        <v>644870</v>
+      </c>
+      <c r="Y13" s="6">
+        <v>1299859</v>
+      </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="6"/>
-[...16 lines deleted...]
-      <c r="S14" s="6"/>
+      <c r="B14" s="6">
+        <v>64599</v>
+      </c>
+      <c r="C14" s="6">
+        <v>61803</v>
+      </c>
+      <c r="D14" s="6">
+        <v>126402</v>
+      </c>
+      <c r="E14" s="6">
+        <v>133203</v>
+      </c>
+      <c r="F14" s="6">
+        <v>125915</v>
+      </c>
+      <c r="G14" s="6">
+        <v>259118</v>
+      </c>
+      <c r="H14" s="6">
+        <v>130241</v>
+      </c>
+      <c r="I14" s="6">
+        <v>125984</v>
+      </c>
+      <c r="J14" s="6">
+        <v>256225</v>
+      </c>
+      <c r="K14" s="6">
+        <v>114331</v>
+      </c>
+      <c r="L14" s="6">
+        <v>114529</v>
+      </c>
+      <c r="M14" s="6">
+        <v>228860</v>
+      </c>
+      <c r="N14" s="6">
+        <v>78648</v>
+      </c>
+      <c r="O14" s="6">
+        <v>82563</v>
+      </c>
+      <c r="P14" s="6">
+        <v>161211</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>13636</v>
+      </c>
+      <c r="R14" s="6">
+        <v>17261</v>
+      </c>
+      <c r="S14" s="6">
+        <v>30897</v>
+      </c>
       <c r="T14" s="6"/>
       <c r="U14" s="6"/>
       <c r="V14" s="6"/>
-      <c r="W14" s="6"/>
-[...1 lines deleted...]
-      <c r="Y14" s="6"/>
+      <c r="W14" s="6">
+        <v>534658</v>
+      </c>
+      <c r="X14" s="6">
+        <v>528055</v>
+      </c>
+      <c r="Y14" s="6">
+        <v>1062713</v>
+      </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B15" s="6"/>
-[...16 lines deleted...]
-      <c r="S15" s="6"/>
+      <c r="B15" s="6">
+        <v>70408</v>
+      </c>
+      <c r="C15" s="6">
+        <v>66758</v>
+      </c>
+      <c r="D15" s="6">
+        <v>137166</v>
+      </c>
+      <c r="E15" s="6">
+        <v>151294</v>
+      </c>
+      <c r="F15" s="6">
+        <v>142506</v>
+      </c>
+      <c r="G15" s="6">
+        <v>293800</v>
+      </c>
+      <c r="H15" s="6">
+        <v>149837</v>
+      </c>
+      <c r="I15" s="6">
+        <v>146797</v>
+      </c>
+      <c r="J15" s="6">
+        <v>296634</v>
+      </c>
+      <c r="K15" s="6">
+        <v>143969</v>
+      </c>
+      <c r="L15" s="6">
+        <v>146366</v>
+      </c>
+      <c r="M15" s="6">
+        <v>290335</v>
+      </c>
+      <c r="N15" s="6">
+        <v>95783</v>
+      </c>
+      <c r="O15" s="6">
+        <v>108089</v>
+      </c>
+      <c r="P15" s="6">
+        <v>203872</v>
+      </c>
+      <c r="Q15" s="6">
+        <v>16309</v>
+      </c>
+      <c r="R15" s="6">
+        <v>22390</v>
+      </c>
+      <c r="S15" s="6">
+        <v>38699</v>
+      </c>
       <c r="T15" s="6"/>
       <c r="U15" s="6"/>
       <c r="V15" s="6"/>
-      <c r="W15" s="6"/>
-[...1 lines deleted...]
-      <c r="Y15" s="6"/>
+      <c r="W15" s="6">
+        <v>627600</v>
+      </c>
+      <c r="X15" s="6">
+        <v>632906</v>
+      </c>
+      <c r="Y15" s="6">
+        <v>1260506</v>
+      </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B16" s="6"/>
-[...16 lines deleted...]
-      <c r="S16" s="6"/>
+      <c r="B16" s="6">
+        <v>51729</v>
+      </c>
+      <c r="C16" s="6">
+        <v>49537</v>
+      </c>
+      <c r="D16" s="6">
+        <v>101266</v>
+      </c>
+      <c r="E16" s="6">
+        <v>114293</v>
+      </c>
+      <c r="F16" s="6">
+        <v>108232</v>
+      </c>
+      <c r="G16" s="6">
+        <v>222525</v>
+      </c>
+      <c r="H16" s="6">
+        <v>109739</v>
+      </c>
+      <c r="I16" s="6">
+        <v>108292</v>
+      </c>
+      <c r="J16" s="6">
+        <v>218031</v>
+      </c>
+      <c r="K16" s="6">
+        <v>103262</v>
+      </c>
+      <c r="L16" s="6">
+        <v>105357</v>
+      </c>
+      <c r="M16" s="6">
+        <v>208619</v>
+      </c>
+      <c r="N16" s="6">
+        <v>65405</v>
+      </c>
+      <c r="O16" s="6">
+        <v>69275</v>
+      </c>
+      <c r="P16" s="6">
+        <v>134680</v>
+      </c>
+      <c r="Q16" s="6">
+        <v>9715</v>
+      </c>
+      <c r="R16" s="6">
+        <v>12751</v>
+      </c>
+      <c r="S16" s="6">
+        <v>22466</v>
+      </c>
       <c r="T16" s="6"/>
       <c r="U16" s="6"/>
       <c r="V16" s="6"/>
-      <c r="W16" s="6"/>
-[...1 lines deleted...]
-      <c r="Y16" s="6"/>
+      <c r="W16" s="6">
+        <v>454143</v>
+      </c>
+      <c r="X16" s="6">
+        <v>453444</v>
+      </c>
+      <c r="Y16" s="6">
+        <v>907587</v>
+      </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B17" s="6"/>
-[...16 lines deleted...]
-      <c r="S17" s="6"/>
+      <c r="B17" s="6">
+        <v>48822</v>
+      </c>
+      <c r="C17" s="6">
+        <v>47021</v>
+      </c>
+      <c r="D17" s="6">
+        <v>95843</v>
+      </c>
+      <c r="E17" s="6">
+        <v>121060</v>
+      </c>
+      <c r="F17" s="6">
+        <v>113233</v>
+      </c>
+      <c r="G17" s="6">
+        <v>234293</v>
+      </c>
+      <c r="H17" s="6">
+        <v>113480</v>
+      </c>
+      <c r="I17" s="6">
+        <v>109476</v>
+      </c>
+      <c r="J17" s="6">
+        <v>222956</v>
+      </c>
+      <c r="K17" s="6">
+        <v>116617</v>
+      </c>
+      <c r="L17" s="6">
+        <v>118435</v>
+      </c>
+      <c r="M17" s="6">
+        <v>235052</v>
+      </c>
+      <c r="N17" s="6">
+        <v>101245</v>
+      </c>
+      <c r="O17" s="6">
+        <v>107627</v>
+      </c>
+      <c r="P17" s="6">
+        <v>208872</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>19692</v>
+      </c>
+      <c r="R17" s="6">
+        <v>26469</v>
+      </c>
+      <c r="S17" s="6">
+        <v>46161</v>
+      </c>
       <c r="T17" s="6"/>
       <c r="U17" s="6"/>
       <c r="V17" s="6"/>
-      <c r="W17" s="6"/>
-[...1 lines deleted...]
-      <c r="Y17" s="6"/>
+      <c r="W17" s="6">
+        <v>520916</v>
+      </c>
+      <c r="X17" s="6">
+        <v>522261</v>
+      </c>
+      <c r="Y17" s="6">
+        <v>1043177</v>
+      </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B18" s="6"/>
-[...16 lines deleted...]
-      <c r="S18" s="6"/>
+      <c r="B18" s="6">
+        <v>56928</v>
+      </c>
+      <c r="C18" s="6">
+        <v>54594</v>
+      </c>
+      <c r="D18" s="6">
+        <v>111522</v>
+      </c>
+      <c r="E18" s="6">
+        <v>113156</v>
+      </c>
+      <c r="F18" s="6">
+        <v>107733</v>
+      </c>
+      <c r="G18" s="6">
+        <v>220889</v>
+      </c>
+      <c r="H18" s="6">
+        <v>111141</v>
+      </c>
+      <c r="I18" s="6">
+        <v>111668</v>
+      </c>
+      <c r="J18" s="6">
+        <v>222809</v>
+      </c>
+      <c r="K18" s="6">
+        <v>104681</v>
+      </c>
+      <c r="L18" s="6">
+        <v>105544</v>
+      </c>
+      <c r="M18" s="6">
+        <v>210225</v>
+      </c>
+      <c r="N18" s="6">
+        <v>68652</v>
+      </c>
+      <c r="O18" s="6">
+        <v>72872</v>
+      </c>
+      <c r="P18" s="6">
+        <v>141524</v>
+      </c>
+      <c r="Q18" s="6">
+        <v>10226</v>
+      </c>
+      <c r="R18" s="6">
+        <v>14768</v>
+      </c>
+      <c r="S18" s="6">
+        <v>24994</v>
+      </c>
       <c r="T18" s="6"/>
       <c r="U18" s="6"/>
       <c r="V18" s="6"/>
-      <c r="W18" s="6"/>
-[...1 lines deleted...]
-      <c r="Y18" s="6"/>
+      <c r="W18" s="6">
+        <v>464784</v>
+      </c>
+      <c r="X18" s="6">
+        <v>467179</v>
+      </c>
+      <c r="Y18" s="6">
+        <v>931963</v>
+      </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B19" s="6"/>
-[...16 lines deleted...]
-      <c r="S19" s="6"/>
+      <c r="B19" s="6">
+        <v>55786</v>
+      </c>
+      <c r="C19" s="6">
+        <v>53147</v>
+      </c>
+      <c r="D19" s="6">
+        <v>108933</v>
+      </c>
+      <c r="E19" s="6">
+        <v>120264</v>
+      </c>
+      <c r="F19" s="6">
+        <v>113706</v>
+      </c>
+      <c r="G19" s="6">
+        <v>233970</v>
+      </c>
+      <c r="H19" s="6">
+        <v>115531</v>
+      </c>
+      <c r="I19" s="6">
+        <v>114013</v>
+      </c>
+      <c r="J19" s="6">
+        <v>229544</v>
+      </c>
+      <c r="K19" s="6">
+        <v>107181</v>
+      </c>
+      <c r="L19" s="6">
+        <v>109678</v>
+      </c>
+      <c r="M19" s="6">
+        <v>216859</v>
+      </c>
+      <c r="N19" s="6">
+        <v>75856</v>
+      </c>
+      <c r="O19" s="6">
+        <v>81912</v>
+      </c>
+      <c r="P19" s="6">
+        <v>157768</v>
+      </c>
+      <c r="Q19" s="6">
+        <v>12211</v>
+      </c>
+      <c r="R19" s="6">
+        <v>17666</v>
+      </c>
+      <c r="S19" s="6">
+        <v>29877</v>
+      </c>
       <c r="T19" s="6"/>
       <c r="U19" s="6"/>
       <c r="V19" s="6"/>
-      <c r="W19" s="6"/>
-[...1 lines deleted...]
-      <c r="Y19" s="6"/>
+      <c r="W19" s="6">
+        <v>486829</v>
+      </c>
+      <c r="X19" s="6">
+        <v>490122</v>
+      </c>
+      <c r="Y19" s="6">
+        <v>976951</v>
+      </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B20" s="6"/>
-[...16 lines deleted...]
-      <c r="S20" s="6"/>
+      <c r="B20" s="6">
+        <v>90432</v>
+      </c>
+      <c r="C20" s="6">
+        <v>86252</v>
+      </c>
+      <c r="D20" s="6">
+        <v>176684</v>
+      </c>
+      <c r="E20" s="6">
+        <v>184505</v>
+      </c>
+      <c r="F20" s="6">
+        <v>173959</v>
+      </c>
+      <c r="G20" s="6">
+        <v>358464</v>
+      </c>
+      <c r="H20" s="6">
+        <v>185097</v>
+      </c>
+      <c r="I20" s="6">
+        <v>177603</v>
+      </c>
+      <c r="J20" s="6">
+        <v>362700</v>
+      </c>
+      <c r="K20" s="6">
+        <v>152794</v>
+      </c>
+      <c r="L20" s="6">
+        <v>158950</v>
+      </c>
+      <c r="M20" s="6">
+        <v>311744</v>
+      </c>
+      <c r="N20" s="6">
+        <v>103559</v>
+      </c>
+      <c r="O20" s="6">
+        <v>107848</v>
+      </c>
+      <c r="P20" s="6">
+        <v>211407</v>
+      </c>
+      <c r="Q20" s="6">
+        <v>13442</v>
+      </c>
+      <c r="R20" s="6">
+        <v>19085</v>
+      </c>
+      <c r="S20" s="6">
+        <v>32527</v>
+      </c>
       <c r="T20" s="6"/>
       <c r="U20" s="6"/>
       <c r="V20" s="6"/>
-      <c r="W20" s="6"/>
-[...1 lines deleted...]
-      <c r="Y20" s="6"/>
+      <c r="W20" s="6">
+        <v>729829</v>
+      </c>
+      <c r="X20" s="6">
+        <v>723697</v>
+      </c>
+      <c r="Y20" s="6">
+        <v>1453526</v>
+      </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="B21" s="6"/>
-[...16 lines deleted...]
-      <c r="S21" s="6"/>
+      <c r="B21" s="6">
+        <v>44314</v>
+      </c>
+      <c r="C21" s="6">
+        <v>42564</v>
+      </c>
+      <c r="D21" s="6">
+        <v>86878</v>
+      </c>
+      <c r="E21" s="6">
+        <v>108108</v>
+      </c>
+      <c r="F21" s="6">
+        <v>101792</v>
+      </c>
+      <c r="G21" s="6">
+        <v>209900</v>
+      </c>
+      <c r="H21" s="6">
+        <v>105912</v>
+      </c>
+      <c r="I21" s="6">
+        <v>104933</v>
+      </c>
+      <c r="J21" s="6">
+        <v>210845</v>
+      </c>
+      <c r="K21" s="6">
+        <v>101678</v>
+      </c>
+      <c r="L21" s="6">
+        <v>104671</v>
+      </c>
+      <c r="M21" s="6">
+        <v>206349</v>
+      </c>
+      <c r="N21" s="6">
+        <v>73119</v>
+      </c>
+      <c r="O21" s="6">
+        <v>74337</v>
+      </c>
+      <c r="P21" s="6">
+        <v>147456</v>
+      </c>
+      <c r="Q21" s="6">
+        <v>9357</v>
+      </c>
+      <c r="R21" s="6">
+        <v>13548</v>
+      </c>
+      <c r="S21" s="6">
+        <v>22905</v>
+      </c>
       <c r="T21" s="6"/>
       <c r="U21" s="6"/>
       <c r="V21" s="6"/>
-      <c r="W21" s="6"/>
-[...1 lines deleted...]
-      <c r="Y21" s="6"/>
+      <c r="W21" s="6">
+        <v>442488</v>
+      </c>
+      <c r="X21" s="6">
+        <v>441845</v>
+      </c>
+      <c r="Y21" s="6">
+        <v>884333</v>
+      </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B22" s="6"/>
-[...16 lines deleted...]
-      <c r="S22" s="6"/>
+      <c r="B22" s="6">
+        <v>38123</v>
+      </c>
+      <c r="C22" s="6">
+        <v>36349</v>
+      </c>
+      <c r="D22" s="6">
+        <v>74472</v>
+      </c>
+      <c r="E22" s="6">
+        <v>78087</v>
+      </c>
+      <c r="F22" s="6">
+        <v>73039</v>
+      </c>
+      <c r="G22" s="6">
+        <v>151126</v>
+      </c>
+      <c r="H22" s="6">
+        <v>80927</v>
+      </c>
+      <c r="I22" s="6">
+        <v>79898</v>
+      </c>
+      <c r="J22" s="6">
+        <v>160825</v>
+      </c>
+      <c r="K22" s="6">
+        <v>74256</v>
+      </c>
+      <c r="L22" s="6">
+        <v>73982</v>
+      </c>
+      <c r="M22" s="6">
+        <v>148238</v>
+      </c>
+      <c r="N22" s="6">
+        <v>47814</v>
+      </c>
+      <c r="O22" s="6">
+        <v>48792</v>
+      </c>
+      <c r="P22" s="6">
+        <v>96606</v>
+      </c>
+      <c r="Q22" s="6">
+        <v>5386</v>
+      </c>
+      <c r="R22" s="6">
+        <v>8680</v>
+      </c>
+      <c r="S22" s="6">
+        <v>14066</v>
+      </c>
       <c r="T22" s="6"/>
       <c r="U22" s="6"/>
       <c r="V22" s="6"/>
-      <c r="W22" s="6"/>
-[...1 lines deleted...]
-      <c r="Y22" s="6"/>
+      <c r="W22" s="6">
+        <v>324593</v>
+      </c>
+      <c r="X22" s="6">
+        <v>320740</v>
+      </c>
+      <c r="Y22" s="6">
+        <v>645333</v>
+      </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B23" s="6"/>
-[...16 lines deleted...]
-      <c r="S23" s="6"/>
+      <c r="B23" s="6">
+        <v>76270</v>
+      </c>
+      <c r="C23" s="6">
+        <v>72686</v>
+      </c>
+      <c r="D23" s="6">
+        <v>148956</v>
+      </c>
+      <c r="E23" s="6">
+        <v>159193</v>
+      </c>
+      <c r="F23" s="6">
+        <v>150487</v>
+      </c>
+      <c r="G23" s="6">
+        <v>309680</v>
+      </c>
+      <c r="H23" s="6">
+        <v>160830</v>
+      </c>
+      <c r="I23" s="6">
+        <v>163020</v>
+      </c>
+      <c r="J23" s="6">
+        <v>323850</v>
+      </c>
+      <c r="K23" s="6">
+        <v>151738</v>
+      </c>
+      <c r="L23" s="6">
+        <v>156713</v>
+      </c>
+      <c r="M23" s="6">
+        <v>308451</v>
+      </c>
+      <c r="N23" s="6">
+        <v>100031</v>
+      </c>
+      <c r="O23" s="6">
+        <v>103666</v>
+      </c>
+      <c r="P23" s="6">
+        <v>203697</v>
+      </c>
+      <c r="Q23" s="6">
+        <v>12422</v>
+      </c>
+      <c r="R23" s="6">
+        <v>17132</v>
+      </c>
+      <c r="S23" s="6">
+        <v>29554</v>
+      </c>
       <c r="T23" s="6"/>
       <c r="U23" s="6"/>
       <c r="V23" s="6"/>
-      <c r="W23" s="6"/>
-[...1 lines deleted...]
-      <c r="Y23" s="6"/>
+      <c r="W23" s="6">
+        <v>660484</v>
+      </c>
+      <c r="X23" s="6">
+        <v>663704</v>
+      </c>
+      <c r="Y23" s="6">
+        <v>1324188</v>
+      </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B24" s="6"/>
-[...16 lines deleted...]
-      <c r="S24" s="6"/>
+      <c r="B24" s="6">
+        <v>53580</v>
+      </c>
+      <c r="C24" s="6">
+        <v>51136</v>
+      </c>
+      <c r="D24" s="6">
+        <v>104716</v>
+      </c>
+      <c r="E24" s="6">
+        <v>109648</v>
+      </c>
+      <c r="F24" s="6">
+        <v>103679</v>
+      </c>
+      <c r="G24" s="6">
+        <v>213327</v>
+      </c>
+      <c r="H24" s="6">
+        <v>110840</v>
+      </c>
+      <c r="I24" s="6">
+        <v>109182</v>
+      </c>
+      <c r="J24" s="6">
+        <v>220022</v>
+      </c>
+      <c r="K24" s="6">
+        <v>93781</v>
+      </c>
+      <c r="L24" s="6">
+        <v>98484</v>
+      </c>
+      <c r="M24" s="6">
+        <v>192265</v>
+      </c>
+      <c r="N24" s="6">
+        <v>51367</v>
+      </c>
+      <c r="O24" s="6">
+        <v>55184</v>
+      </c>
+      <c r="P24" s="6">
+        <v>106551</v>
+      </c>
+      <c r="Q24" s="6">
+        <v>4561</v>
+      </c>
+      <c r="R24" s="6">
+        <v>7742</v>
+      </c>
+      <c r="S24" s="6">
+        <v>12303</v>
+      </c>
       <c r="T24" s="6"/>
       <c r="U24" s="6"/>
       <c r="V24" s="6"/>
-      <c r="W24" s="6"/>
-[...1 lines deleted...]
-      <c r="Y24" s="6"/>
+      <c r="W24" s="6">
+        <v>423777</v>
+      </c>
+      <c r="X24" s="6">
+        <v>425407</v>
+      </c>
+      <c r="Y24" s="6">
+        <v>849184</v>
+      </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B25" s="6"/>
-[...16 lines deleted...]
-      <c r="S25" s="6"/>
+      <c r="B25" s="6">
+        <v>75647</v>
+      </c>
+      <c r="C25" s="6">
+        <v>71993</v>
+      </c>
+      <c r="D25" s="6">
+        <v>147640</v>
+      </c>
+      <c r="E25" s="6">
+        <v>154564</v>
+      </c>
+      <c r="F25" s="6">
+        <v>147216</v>
+      </c>
+      <c r="G25" s="6">
+        <v>301780</v>
+      </c>
+      <c r="H25" s="6">
+        <v>154463</v>
+      </c>
+      <c r="I25" s="6">
+        <v>151962</v>
+      </c>
+      <c r="J25" s="6">
+        <v>306425</v>
+      </c>
+      <c r="K25" s="6">
+        <v>131058</v>
+      </c>
+      <c r="L25" s="6">
+        <v>130866</v>
+      </c>
+      <c r="M25" s="6">
+        <v>261924</v>
+      </c>
+      <c r="N25" s="6">
+        <v>71675</v>
+      </c>
+      <c r="O25" s="6">
+        <v>74665</v>
+      </c>
+      <c r="P25" s="6">
+        <v>146340</v>
+      </c>
+      <c r="Q25" s="6">
+        <v>8719</v>
+      </c>
+      <c r="R25" s="6">
+        <v>12119</v>
+      </c>
+      <c r="S25" s="6">
+        <v>20838</v>
+      </c>
       <c r="T25" s="6"/>
       <c r="U25" s="6"/>
       <c r="V25" s="6"/>
-      <c r="W25" s="6"/>
-[...1 lines deleted...]
-      <c r="Y25" s="6"/>
+      <c r="W25" s="6">
+        <v>596126</v>
+      </c>
+      <c r="X25" s="6">
+        <v>588821</v>
+      </c>
+      <c r="Y25" s="6">
+        <v>1184947</v>
+      </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B26" s="6"/>
-[...16 lines deleted...]
-      <c r="S26" s="6"/>
+      <c r="B26" s="6">
+        <v>81741</v>
+      </c>
+      <c r="C26" s="6">
+        <v>77750</v>
+      </c>
+      <c r="D26" s="6">
+        <v>159491</v>
+      </c>
+      <c r="E26" s="6">
+        <v>159577</v>
+      </c>
+      <c r="F26" s="6">
+        <v>149562</v>
+      </c>
+      <c r="G26" s="6">
+        <v>309139</v>
+      </c>
+      <c r="H26" s="6">
+        <v>163945</v>
+      </c>
+      <c r="I26" s="6">
+        <v>155775</v>
+      </c>
+      <c r="J26" s="6">
+        <v>319720</v>
+      </c>
+      <c r="K26" s="6">
+        <v>124863</v>
+      </c>
+      <c r="L26" s="6">
+        <v>128499</v>
+      </c>
+      <c r="M26" s="6">
+        <v>253362</v>
+      </c>
+      <c r="N26" s="6">
+        <v>70689</v>
+      </c>
+      <c r="O26" s="6">
+        <v>73173</v>
+      </c>
+      <c r="P26" s="6">
+        <v>143862</v>
+      </c>
+      <c r="Q26" s="6">
+        <v>7005</v>
+      </c>
+      <c r="R26" s="6">
+        <v>11377</v>
+      </c>
+      <c r="S26" s="6">
+        <v>18382</v>
+      </c>
       <c r="T26" s="6"/>
       <c r="U26" s="6"/>
       <c r="V26" s="6"/>
-      <c r="W26" s="6"/>
-[...1 lines deleted...]
-      <c r="Y26" s="6"/>
+      <c r="W26" s="6">
+        <v>607820</v>
+      </c>
+      <c r="X26" s="6">
+        <v>596136</v>
+      </c>
+      <c r="Y26" s="6">
+        <v>1203956</v>
+      </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B27" s="6"/>
-[...16 lines deleted...]
-      <c r="S27" s="6"/>
+      <c r="B27" s="6">
+        <v>62001</v>
+      </c>
+      <c r="C27" s="6">
+        <v>59623</v>
+      </c>
+      <c r="D27" s="6">
+        <v>121624</v>
+      </c>
+      <c r="E27" s="6">
+        <v>131583</v>
+      </c>
+      <c r="F27" s="6">
+        <v>128155</v>
+      </c>
+      <c r="G27" s="6">
+        <v>259738</v>
+      </c>
+      <c r="H27" s="6">
+        <v>131956</v>
+      </c>
+      <c r="I27" s="6">
+        <v>132763</v>
+      </c>
+      <c r="J27" s="6">
+        <v>264719</v>
+      </c>
+      <c r="K27" s="6">
+        <v>115996</v>
+      </c>
+      <c r="L27" s="6">
+        <v>119017</v>
+      </c>
+      <c r="M27" s="6">
+        <v>235013</v>
+      </c>
+      <c r="N27" s="6">
+        <v>73706</v>
+      </c>
+      <c r="O27" s="6">
+        <v>75908</v>
+      </c>
+      <c r="P27" s="6">
+        <v>149614</v>
+      </c>
+      <c r="Q27" s="6">
+        <v>9822</v>
+      </c>
+      <c r="R27" s="6">
+        <v>12564</v>
+      </c>
+      <c r="S27" s="6">
+        <v>22386</v>
+      </c>
       <c r="T27" s="6"/>
       <c r="U27" s="6"/>
       <c r="V27" s="6"/>
-      <c r="W27" s="6"/>
-[...1 lines deleted...]
-      <c r="Y27" s="6"/>
+      <c r="W27" s="6">
+        <v>525064</v>
+      </c>
+      <c r="X27" s="6">
+        <v>528030</v>
+      </c>
+      <c r="Y27" s="6">
+        <v>1053094</v>
+      </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B28" s="6"/>
-[...16 lines deleted...]
-      <c r="S28" s="6"/>
+      <c r="B28" s="6">
+        <v>45973</v>
+      </c>
+      <c r="C28" s="6">
+        <v>44125</v>
+      </c>
+      <c r="D28" s="6">
+        <v>90098</v>
+      </c>
+      <c r="E28" s="6">
+        <v>97062</v>
+      </c>
+      <c r="F28" s="6">
+        <v>91853</v>
+      </c>
+      <c r="G28" s="6">
+        <v>188915</v>
+      </c>
+      <c r="H28" s="6">
+        <v>93357</v>
+      </c>
+      <c r="I28" s="6">
+        <v>90985</v>
+      </c>
+      <c r="J28" s="6">
+        <v>184342</v>
+      </c>
+      <c r="K28" s="6">
+        <v>90919</v>
+      </c>
+      <c r="L28" s="6">
+        <v>92068</v>
+      </c>
+      <c r="M28" s="6">
+        <v>182987</v>
+      </c>
+      <c r="N28" s="6">
+        <v>61796</v>
+      </c>
+      <c r="O28" s="6">
+        <v>63046</v>
+      </c>
+      <c r="P28" s="6">
+        <v>124842</v>
+      </c>
+      <c r="Q28" s="6">
+        <v>8344</v>
+      </c>
+      <c r="R28" s="6">
+        <v>10646</v>
+      </c>
+      <c r="S28" s="6">
+        <v>18990</v>
+      </c>
       <c r="T28" s="6"/>
       <c r="U28" s="6"/>
       <c r="V28" s="6"/>
-      <c r="W28" s="6"/>
-[...1 lines deleted...]
-      <c r="Y28" s="6"/>
+      <c r="W28" s="6">
+        <v>397451</v>
+      </c>
+      <c r="X28" s="6">
+        <v>392723</v>
+      </c>
+      <c r="Y28" s="6">
+        <v>790174</v>
+      </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B29" s="6"/>
-[...16 lines deleted...]
-      <c r="S29" s="6"/>
+      <c r="B29" s="6">
+        <v>60341</v>
+      </c>
+      <c r="C29" s="6">
+        <v>57781</v>
+      </c>
+      <c r="D29" s="6">
+        <v>118122</v>
+      </c>
+      <c r="E29" s="6">
+        <v>129407</v>
+      </c>
+      <c r="F29" s="6">
+        <v>122075</v>
+      </c>
+      <c r="G29" s="6">
+        <v>251482</v>
+      </c>
+      <c r="H29" s="6">
+        <v>136597</v>
+      </c>
+      <c r="I29" s="6">
+        <v>131262</v>
+      </c>
+      <c r="J29" s="6">
+        <v>267859</v>
+      </c>
+      <c r="K29" s="6">
+        <v>111365</v>
+      </c>
+      <c r="L29" s="6">
+        <v>113574</v>
+      </c>
+      <c r="M29" s="6">
+        <v>224939</v>
+      </c>
+      <c r="N29" s="6">
+        <v>69912</v>
+      </c>
+      <c r="O29" s="6">
+        <v>69787</v>
+      </c>
+      <c r="P29" s="6">
+        <v>139699</v>
+      </c>
+      <c r="Q29" s="6">
+        <v>7173</v>
+      </c>
+      <c r="R29" s="6">
+        <v>9231</v>
+      </c>
+      <c r="S29" s="6">
+        <v>16404</v>
+      </c>
       <c r="T29" s="6"/>
       <c r="U29" s="6"/>
       <c r="V29" s="6"/>
-      <c r="W29" s="6"/>
-[...1 lines deleted...]
-      <c r="Y29" s="6"/>
+      <c r="W29" s="6">
+        <v>514795</v>
+      </c>
+      <c r="X29" s="6">
+        <v>503710</v>
+      </c>
+      <c r="Y29" s="6">
+        <v>1018505</v>
+      </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="B30" s="6"/>
-[...16 lines deleted...]
-      <c r="S30" s="6"/>
+      <c r="B30" s="6">
+        <v>52780</v>
+      </c>
+      <c r="C30" s="6">
+        <v>50308</v>
+      </c>
+      <c r="D30" s="6">
+        <v>103088</v>
+      </c>
+      <c r="E30" s="6">
+        <v>101277</v>
+      </c>
+      <c r="F30" s="6">
+        <v>96427</v>
+      </c>
+      <c r="G30" s="6">
+        <v>197704</v>
+      </c>
+      <c r="H30" s="6">
+        <v>107732</v>
+      </c>
+      <c r="I30" s="6">
+        <v>104897</v>
+      </c>
+      <c r="J30" s="6">
+        <v>212629</v>
+      </c>
+      <c r="K30" s="6">
+        <v>85310</v>
+      </c>
+      <c r="L30" s="6">
+        <v>85829</v>
+      </c>
+      <c r="M30" s="6">
+        <v>171139</v>
+      </c>
+      <c r="N30" s="6">
+        <v>52500</v>
+      </c>
+      <c r="O30" s="6">
+        <v>53209</v>
+      </c>
+      <c r="P30" s="6">
+        <v>105709</v>
+      </c>
+      <c r="Q30" s="6">
+        <v>5208</v>
+      </c>
+      <c r="R30" s="6">
+        <v>6241</v>
+      </c>
+      <c r="S30" s="6">
+        <v>11449</v>
+      </c>
       <c r="T30" s="6"/>
       <c r="U30" s="6"/>
       <c r="V30" s="6"/>
-      <c r="W30" s="6"/>
-[...1 lines deleted...]
-      <c r="Y30" s="6"/>
+      <c r="W30" s="6">
+        <v>404807</v>
+      </c>
+      <c r="X30" s="6">
+        <v>396911</v>
+      </c>
+      <c r="Y30" s="6">
+        <v>801718</v>
+      </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="B31" s="6"/>
-[...16 lines deleted...]
-      <c r="S31" s="6"/>
+      <c r="B31" s="6">
+        <v>64884</v>
+      </c>
+      <c r="C31" s="6">
+        <v>61767</v>
+      </c>
+      <c r="D31" s="6">
+        <v>126651</v>
+      </c>
+      <c r="E31" s="6">
+        <v>130016</v>
+      </c>
+      <c r="F31" s="6">
+        <v>122579</v>
+      </c>
+      <c r="G31" s="6">
+        <v>252595</v>
+      </c>
+      <c r="H31" s="6">
+        <v>135187</v>
+      </c>
+      <c r="I31" s="6">
+        <v>125532</v>
+      </c>
+      <c r="J31" s="6">
+        <v>260719</v>
+      </c>
+      <c r="K31" s="6">
+        <v>97963</v>
+      </c>
+      <c r="L31" s="6">
+        <v>98039</v>
+      </c>
+      <c r="M31" s="6">
+        <v>196002</v>
+      </c>
+      <c r="N31" s="6">
+        <v>57621</v>
+      </c>
+      <c r="O31" s="6">
+        <v>60457</v>
+      </c>
+      <c r="P31" s="6">
+        <v>118078</v>
+      </c>
+      <c r="Q31" s="6">
+        <v>5936</v>
+      </c>
+      <c r="R31" s="6">
+        <v>8840</v>
+      </c>
+      <c r="S31" s="6">
+        <v>14776</v>
+      </c>
       <c r="T31" s="6"/>
       <c r="U31" s="6"/>
       <c r="V31" s="6"/>
-      <c r="W31" s="6"/>
-[...1 lines deleted...]
-      <c r="Y31" s="6"/>
+      <c r="W31" s="6">
+        <v>491607</v>
+      </c>
+      <c r="X31" s="6">
+        <v>477214</v>
+      </c>
+      <c r="Y31" s="6">
+        <v>968821</v>
+      </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B32" s="6"/>
-[...16 lines deleted...]
-      <c r="S32" s="6"/>
+      <c r="B32" s="6">
+        <v>92283</v>
+      </c>
+      <c r="C32" s="6">
+        <v>87459</v>
+      </c>
+      <c r="D32" s="6">
+        <v>179742</v>
+      </c>
+      <c r="E32" s="6">
+        <v>199205</v>
+      </c>
+      <c r="F32" s="6">
+        <v>186824</v>
+      </c>
+      <c r="G32" s="6">
+        <v>386029</v>
+      </c>
+      <c r="H32" s="6">
+        <v>203287</v>
+      </c>
+      <c r="I32" s="6">
+        <v>190392</v>
+      </c>
+      <c r="J32" s="6">
+        <v>393679</v>
+      </c>
+      <c r="K32" s="6">
+        <v>149528</v>
+      </c>
+      <c r="L32" s="6">
+        <v>152158</v>
+      </c>
+      <c r="M32" s="6">
+        <v>301686</v>
+      </c>
+      <c r="N32" s="6">
+        <v>91821</v>
+      </c>
+      <c r="O32" s="6">
+        <v>95962</v>
+      </c>
+      <c r="P32" s="6">
+        <v>187783</v>
+      </c>
+      <c r="Q32" s="6">
+        <v>10137</v>
+      </c>
+      <c r="R32" s="6">
+        <v>12433</v>
+      </c>
+      <c r="S32" s="6">
+        <v>22570</v>
+      </c>
       <c r="T32" s="6"/>
       <c r="U32" s="6"/>
       <c r="V32" s="6"/>
-      <c r="W32" s="6"/>
-[...1 lines deleted...]
-      <c r="Y32" s="6"/>
+      <c r="W32" s="6">
+        <v>746261</v>
+      </c>
+      <c r="X32" s="6">
+        <v>725228</v>
+      </c>
+      <c r="Y32" s="6">
+        <v>1471489</v>
+      </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B33" s="6"/>
-[...16 lines deleted...]
-      <c r="S33" s="6"/>
+      <c r="B33" s="6">
+        <v>109176</v>
+      </c>
+      <c r="C33" s="6">
+        <v>103079</v>
+      </c>
+      <c r="D33" s="6">
+        <v>212255</v>
+      </c>
+      <c r="E33" s="6">
+        <v>213623</v>
+      </c>
+      <c r="F33" s="6">
+        <v>200999</v>
+      </c>
+      <c r="G33" s="6">
+        <v>414622</v>
+      </c>
+      <c r="H33" s="6">
+        <v>219032</v>
+      </c>
+      <c r="I33" s="6">
+        <v>206733</v>
+      </c>
+      <c r="J33" s="6">
+        <v>425765</v>
+      </c>
+      <c r="K33" s="6">
+        <v>168490</v>
+      </c>
+      <c r="L33" s="6">
+        <v>169414</v>
+      </c>
+      <c r="M33" s="6">
+        <v>337904</v>
+      </c>
+      <c r="N33" s="6">
+        <v>91103</v>
+      </c>
+      <c r="O33" s="6">
+        <v>96615</v>
+      </c>
+      <c r="P33" s="6">
+        <v>187718</v>
+      </c>
+      <c r="Q33" s="6">
+        <v>8460</v>
+      </c>
+      <c r="R33" s="6">
+        <v>10272</v>
+      </c>
+      <c r="S33" s="6">
+        <v>18732</v>
+      </c>
       <c r="T33" s="6"/>
       <c r="U33" s="6"/>
       <c r="V33" s="6"/>
-      <c r="W33" s="6"/>
-[...1 lines deleted...]
-      <c r="Y33" s="6"/>
+      <c r="W33" s="6">
+        <v>809884</v>
+      </c>
+      <c r="X33" s="6">
+        <v>787112</v>
+      </c>
+      <c r="Y33" s="6">
+        <v>1596996</v>
+      </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="B34" s="6"/>
-[...16 lines deleted...]
-      <c r="S34" s="6"/>
+      <c r="B34" s="6">
+        <v>128533</v>
+      </c>
+      <c r="C34" s="6">
+        <v>122750</v>
+      </c>
+      <c r="D34" s="6">
+        <v>251283</v>
+      </c>
+      <c r="E34" s="6">
+        <v>260102</v>
+      </c>
+      <c r="F34" s="6">
+        <v>244777</v>
+      </c>
+      <c r="G34" s="6">
+        <v>504879</v>
+      </c>
+      <c r="H34" s="6">
+        <v>275519</v>
+      </c>
+      <c r="I34" s="6">
+        <v>260906</v>
+      </c>
+      <c r="J34" s="6">
+        <v>536425</v>
+      </c>
+      <c r="K34" s="6">
+        <v>207299</v>
+      </c>
+      <c r="L34" s="6">
+        <v>206574</v>
+      </c>
+      <c r="M34" s="6">
+        <v>413873</v>
+      </c>
+      <c r="N34" s="6">
+        <v>118215</v>
+      </c>
+      <c r="O34" s="6">
+        <v>123250</v>
+      </c>
+      <c r="P34" s="6">
+        <v>241465</v>
+      </c>
+      <c r="Q34" s="6">
+        <v>13705</v>
+      </c>
+      <c r="R34" s="6">
+        <v>17129</v>
+      </c>
+      <c r="S34" s="6">
+        <v>30834</v>
+      </c>
       <c r="T34" s="6"/>
       <c r="U34" s="6"/>
       <c r="V34" s="6"/>
-      <c r="W34" s="6"/>
-[...1 lines deleted...]
-      <c r="Y34" s="6"/>
+      <c r="W34" s="6">
+        <v>1003373</v>
+      </c>
+      <c r="X34" s="6">
+        <v>975386</v>
+      </c>
+      <c r="Y34" s="6">
+        <v>1978759</v>
+      </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="B35" s="6"/>
-[...16 lines deleted...]
-      <c r="S35" s="6"/>
+      <c r="B35" s="6">
+        <v>6151</v>
+      </c>
+      <c r="C35" s="6">
+        <v>5956</v>
+      </c>
+      <c r="D35" s="6">
+        <v>12107</v>
+      </c>
+      <c r="E35" s="6">
+        <v>15773</v>
+      </c>
+      <c r="F35" s="6">
+        <v>14539</v>
+      </c>
+      <c r="G35" s="6">
+        <v>30312</v>
+      </c>
+      <c r="H35" s="6">
+        <v>14293</v>
+      </c>
+      <c r="I35" s="6">
+        <v>13597</v>
+      </c>
+      <c r="J35" s="6">
+        <v>27890</v>
+      </c>
+      <c r="K35" s="6">
+        <v>13551</v>
+      </c>
+      <c r="L35" s="6">
+        <v>14074</v>
+      </c>
+      <c r="M35" s="6">
+        <v>27625</v>
+      </c>
+      <c r="N35" s="6">
+        <v>9273</v>
+      </c>
+      <c r="O35" s="6">
+        <v>11066</v>
+      </c>
+      <c r="P35" s="6">
+        <v>20339</v>
+      </c>
+      <c r="Q35" s="6">
+        <v>1193</v>
+      </c>
+      <c r="R35" s="6">
+        <v>2060</v>
+      </c>
+      <c r="S35" s="6">
+        <v>3253</v>
+      </c>
       <c r="T35" s="6"/>
       <c r="U35" s="6"/>
       <c r="V35" s="6"/>
-      <c r="W35" s="6"/>
-[...1 lines deleted...]
-      <c r="Y35" s="6"/>
+      <c r="W35" s="6">
+        <v>60234</v>
+      </c>
+      <c r="X35" s="6">
+        <v>61292</v>
+      </c>
+      <c r="Y35" s="6">
+        <v>121526</v>
+      </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="B36" s="6"/>
-[...16 lines deleted...]
-      <c r="S36" s="6"/>
+      <c r="B36" s="6">
+        <v>28706</v>
+      </c>
+      <c r="C36" s="6">
+        <v>27795</v>
+      </c>
+      <c r="D36" s="6">
+        <v>56501</v>
+      </c>
+      <c r="E36" s="6">
+        <v>65323</v>
+      </c>
+      <c r="F36" s="6">
+        <v>63293</v>
+      </c>
+      <c r="G36" s="6">
+        <v>128616</v>
+      </c>
+      <c r="H36" s="6">
+        <v>63176</v>
+      </c>
+      <c r="I36" s="6">
+        <v>62270</v>
+      </c>
+      <c r="J36" s="6">
+        <v>125446</v>
+      </c>
+      <c r="K36" s="6">
+        <v>58042</v>
+      </c>
+      <c r="L36" s="6">
+        <v>60579</v>
+      </c>
+      <c r="M36" s="6">
+        <v>118621</v>
+      </c>
+      <c r="N36" s="6">
+        <v>37382</v>
+      </c>
+      <c r="O36" s="6">
+        <v>43987</v>
+      </c>
+      <c r="P36" s="6">
+        <v>81369</v>
+      </c>
+      <c r="Q36" s="6">
+        <v>4414</v>
+      </c>
+      <c r="R36" s="6">
+        <v>7397</v>
+      </c>
+      <c r="S36" s="6">
+        <v>11811</v>
+      </c>
       <c r="T36" s="6"/>
       <c r="U36" s="6"/>
       <c r="V36" s="6"/>
-      <c r="W36" s="6"/>
-[...1 lines deleted...]
-      <c r="Y36" s="6"/>
+      <c r="W36" s="6">
+        <v>257043</v>
+      </c>
+      <c r="X36" s="6">
+        <v>265321</v>
+      </c>
+      <c r="Y36" s="6">
+        <v>522364</v>
+      </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B37" s="6"/>
-[...16 lines deleted...]
-      <c r="S37" s="6"/>
+      <c r="B37" s="6">
+        <v>10775</v>
+      </c>
+      <c r="C37" s="6">
+        <v>10426</v>
+      </c>
+      <c r="D37" s="6">
+        <v>21201</v>
+      </c>
+      <c r="E37" s="6">
+        <v>24234</v>
+      </c>
+      <c r="F37" s="6">
+        <v>23477</v>
+      </c>
+      <c r="G37" s="6">
+        <v>47711</v>
+      </c>
+      <c r="H37" s="6">
+        <v>23998</v>
+      </c>
+      <c r="I37" s="6">
+        <v>24067</v>
+      </c>
+      <c r="J37" s="6">
+        <v>48065</v>
+      </c>
+      <c r="K37" s="6">
+        <v>21298</v>
+      </c>
+      <c r="L37" s="6">
+        <v>22054</v>
+      </c>
+      <c r="M37" s="6">
+        <v>43352</v>
+      </c>
+      <c r="N37" s="6">
+        <v>13041</v>
+      </c>
+      <c r="O37" s="6">
+        <v>14632</v>
+      </c>
+      <c r="P37" s="6">
+        <v>27673</v>
+      </c>
+      <c r="Q37" s="6">
+        <v>1679</v>
+      </c>
+      <c r="R37" s="6">
+        <v>2641</v>
+      </c>
+      <c r="S37" s="6">
+        <v>4320</v>
+      </c>
       <c r="T37" s="6"/>
       <c r="U37" s="6"/>
       <c r="V37" s="6"/>
-      <c r="W37" s="6"/>
-[...1 lines deleted...]
-      <c r="Y37" s="6"/>
+      <c r="W37" s="6">
+        <v>95025</v>
+      </c>
+      <c r="X37" s="6">
+        <v>97297</v>
+      </c>
+      <c r="Y37" s="6">
+        <v>192322</v>
+      </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="B38" s="6"/>
-[...16 lines deleted...]
-      <c r="S38" s="6"/>
+      <c r="B38" s="6">
+        <v>97393</v>
+      </c>
+      <c r="C38" s="6">
+        <v>93044</v>
+      </c>
+      <c r="D38" s="6">
+        <v>190437</v>
+      </c>
+      <c r="E38" s="6">
+        <v>210382</v>
+      </c>
+      <c r="F38" s="6">
+        <v>199307</v>
+      </c>
+      <c r="G38" s="6">
+        <v>409689</v>
+      </c>
+      <c r="H38" s="6">
+        <v>210692</v>
+      </c>
+      <c r="I38" s="6">
+        <v>212847</v>
+      </c>
+      <c r="J38" s="6">
+        <v>423539</v>
+      </c>
+      <c r="K38" s="6">
+        <v>184704</v>
+      </c>
+      <c r="L38" s="6">
+        <v>195130</v>
+      </c>
+      <c r="M38" s="6">
+        <v>379834</v>
+      </c>
+      <c r="N38" s="6">
+        <v>105326</v>
+      </c>
+      <c r="O38" s="6">
+        <v>118409</v>
+      </c>
+      <c r="P38" s="6">
+        <v>223735</v>
+      </c>
+      <c r="Q38" s="6">
+        <v>9944</v>
+      </c>
+      <c r="R38" s="6">
+        <v>16346</v>
+      </c>
+      <c r="S38" s="6">
+        <v>26290</v>
+      </c>
       <c r="T38" s="6"/>
       <c r="U38" s="6"/>
       <c r="V38" s="6"/>
-      <c r="W38" s="6"/>
-[...1 lines deleted...]
-      <c r="Y38" s="6"/>
+      <c r="W38" s="6">
+        <v>818441</v>
+      </c>
+      <c r="X38" s="6">
+        <v>835083</v>
+      </c>
+      <c r="Y38" s="6">
+        <v>1653524</v>
+      </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B39" s="6"/>
-[...16 lines deleted...]
-      <c r="S39" s="6"/>
+      <c r="B39" s="6">
+        <v>19745</v>
+      </c>
+      <c r="C39" s="6">
+        <v>18835</v>
+      </c>
+      <c r="D39" s="6">
+        <v>38580</v>
+      </c>
+      <c r="E39" s="6">
+        <v>41168</v>
+      </c>
+      <c r="F39" s="6">
+        <v>38675</v>
+      </c>
+      <c r="G39" s="6">
+        <v>79843</v>
+      </c>
+      <c r="H39" s="6">
+        <v>42264</v>
+      </c>
+      <c r="I39" s="6">
+        <v>38917</v>
+      </c>
+      <c r="J39" s="6">
+        <v>81181</v>
+      </c>
+      <c r="K39" s="6">
+        <v>32771</v>
+      </c>
+      <c r="L39" s="6">
+        <v>33733</v>
+      </c>
+      <c r="M39" s="6">
+        <v>66504</v>
+      </c>
+      <c r="N39" s="6">
+        <v>17823</v>
+      </c>
+      <c r="O39" s="6">
+        <v>19540</v>
+      </c>
+      <c r="P39" s="6">
+        <v>37363</v>
+      </c>
+      <c r="Q39" s="6">
+        <v>1374</v>
+      </c>
+      <c r="R39" s="6">
+        <v>2305</v>
+      </c>
+      <c r="S39" s="6">
+        <v>3679</v>
+      </c>
       <c r="T39" s="6"/>
       <c r="U39" s="6"/>
       <c r="V39" s="6"/>
-      <c r="W39" s="6"/>
-[...1 lines deleted...]
-      <c r="Y39" s="6"/>
+      <c r="W39" s="6">
+        <v>155145</v>
+      </c>
+      <c r="X39" s="6">
+        <v>152005</v>
+      </c>
+      <c r="Y39" s="6">
+        <v>307150</v>
+      </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="B40" s="6"/>
-[...16 lines deleted...]
-      <c r="S40" s="6"/>
+      <c r="B40" s="6">
+        <v>17556</v>
+      </c>
+      <c r="C40" s="6">
+        <v>16675</v>
+      </c>
+      <c r="D40" s="6">
+        <v>34231</v>
+      </c>
+      <c r="E40" s="6">
+        <v>36032</v>
+      </c>
+      <c r="F40" s="6">
+        <v>33925</v>
+      </c>
+      <c r="G40" s="6">
+        <v>69957</v>
+      </c>
+      <c r="H40" s="6">
+        <v>36886</v>
+      </c>
+      <c r="I40" s="6">
+        <v>34485</v>
+      </c>
+      <c r="J40" s="6">
+        <v>71371</v>
+      </c>
+      <c r="K40" s="6">
+        <v>30828</v>
+      </c>
+      <c r="L40" s="6">
+        <v>30124</v>
+      </c>
+      <c r="M40" s="6">
+        <v>60952</v>
+      </c>
+      <c r="N40" s="6">
+        <v>15580</v>
+      </c>
+      <c r="O40" s="6">
+        <v>18070</v>
+      </c>
+      <c r="P40" s="6">
+        <v>33650</v>
+      </c>
+      <c r="Q40" s="6">
+        <v>1300</v>
+      </c>
+      <c r="R40" s="6">
+        <v>2364</v>
+      </c>
+      <c r="S40" s="6">
+        <v>3664</v>
+      </c>
       <c r="T40" s="6"/>
       <c r="U40" s="6"/>
       <c r="V40" s="6"/>
-      <c r="W40" s="6"/>
-[...1 lines deleted...]
-      <c r="Y40" s="6"/>
+      <c r="W40" s="6">
+        <v>138182</v>
+      </c>
+      <c r="X40" s="6">
+        <v>135643</v>
+      </c>
+      <c r="Y40" s="6">
+        <v>273825</v>
+      </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B41" s="6"/>
-[...16 lines deleted...]
-      <c r="S41" s="6"/>
+      <c r="B41" s="6">
+        <v>2207035</v>
+      </c>
+      <c r="C41" s="6">
+        <v>2105742</v>
+      </c>
+      <c r="D41" s="6">
+        <v>4312777</v>
+      </c>
+      <c r="E41" s="6">
+        <v>4643081</v>
+      </c>
+      <c r="F41" s="6">
+        <v>4380649</v>
+      </c>
+      <c r="G41" s="6">
+        <v>9023730</v>
+      </c>
+      <c r="H41" s="6">
+        <v>4639273</v>
+      </c>
+      <c r="I41" s="6">
+        <v>4485773</v>
+      </c>
+      <c r="J41" s="6">
+        <v>9125046</v>
+      </c>
+      <c r="K41" s="6">
+        <v>3966057</v>
+      </c>
+      <c r="L41" s="6">
+        <v>4046033</v>
+      </c>
+      <c r="M41" s="6">
+        <v>8012090</v>
+      </c>
+      <c r="N41" s="6">
+        <v>2558819</v>
+      </c>
+      <c r="O41" s="6">
+        <v>2682283</v>
+      </c>
+      <c r="P41" s="6">
+        <v>5241102</v>
+      </c>
+      <c r="Q41" s="6">
+        <v>347878</v>
+      </c>
+      <c r="R41" s="6">
+        <v>453412</v>
+      </c>
+      <c r="S41" s="6">
+        <v>801290</v>
+      </c>
       <c r="T41" s="6"/>
       <c r="U41" s="6"/>
       <c r="V41" s="6"/>
-      <c r="W41" s="6"/>
-[...1 lines deleted...]
-      <c r="Y41" s="6"/>
+      <c r="W41" s="6">
+        <v>18362143</v>
+      </c>
+      <c r="X41" s="6">
+        <v>18153892</v>
+      </c>
+      <c r="Y41" s="6">
+        <v>36516035</v>
+      </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B45" s="10"/>
       <c r="C45" s="10"/>
       <c r="D45" s="10"/>
       <c r="E45" s="10"/>
       <c r="F45" s="10"/>
       <c r="G45" s="10"/>
       <c r="H45" s="10"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="9" t="s">
         <v>49</v>
       </c>
       <c r="B46" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="10"/>
       <c r="D46" s="10"/>
       <c r="E46" s="10"/>
       <c r="F46" s="10"/>