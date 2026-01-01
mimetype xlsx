--- v0 (2025-11-06)
+++ v1 (2026-01-01)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
-    <t>, , Tahun 2020</t>
+    <t>, , 2020</t>
   </si>
   <si>
     <t>Nama Kabupaten/Kota</t>
   </si>
   <si>
     <t>Jumlah Penduduk</t>
   </si>
   <si>
     <t>Jumlah Penduduk menurut Administrasi Kependudukan</t>
   </si>
   <si>
     <t>0-4</t>
   </si>
   <si>
     <t>5-9</t>
   </si>
   <si>
     <t>10-14</t>
   </si>
   <si>
     <t>15-19</t>
   </si>
   <si>
     <t>20-24</t>
   </si>
@@ -2046,77 +2046,119 @@
       </c>
       <c r="AI7" s="6">
         <v>6412</v>
       </c>
       <c r="AJ7" s="6">
         <v>5485</v>
       </c>
       <c r="AK7" s="6">
         <v>11897</v>
       </c>
       <c r="AL7" s="6">
         <v>4555</v>
       </c>
       <c r="AM7" s="6">
         <v>3720</v>
       </c>
       <c r="AN7" s="6">
         <v>8275</v>
       </c>
       <c r="AO7" s="6">
         <v>2871</v>
       </c>
       <c r="AP7" s="6">
         <v>2469</v>
       </c>
-      <c r="AQ7" s="6"/>
-      <c r="AR7" s="6"/>
+      <c r="AQ7" s="6">
+        <v>5340</v>
+      </c>
+      <c r="AR7" s="6">
+        <v>1834</v>
+      </c>
       <c r="AS7" s="6">
         <v>1531</v>
       </c>
-      <c r="AT7" s="6"/>
-[...14 lines deleted...]
-      <c r="BI7" s="6"/>
+      <c r="AT7" s="6">
+        <v>3365</v>
+      </c>
+      <c r="AU7" s="6">
+        <v>1019</v>
+      </c>
+      <c r="AV7" s="6">
+        <v>862</v>
+      </c>
+      <c r="AW7" s="6">
+        <v>1881</v>
+      </c>
+      <c r="AX7" s="6">
+        <v>474</v>
+      </c>
+      <c r="AY7" s="6">
+        <v>428</v>
+      </c>
+      <c r="AZ7" s="6">
+        <v>902</v>
+      </c>
+      <c r="BA7" s="6">
+        <v>161</v>
+      </c>
+      <c r="BB7" s="6">
+        <v>119</v>
+      </c>
+      <c r="BC7" s="6">
+        <v>280</v>
+      </c>
+      <c r="BD7" s="6">
+        <v>31</v>
+      </c>
+      <c r="BE7" s="6">
+        <v>24</v>
+      </c>
+      <c r="BF7" s="6">
+        <v>55</v>
+      </c>
+      <c r="BG7" s="6">
+        <v>6</v>
+      </c>
+      <c r="BH7" s="6">
+        <v>5</v>
+      </c>
+      <c r="BI7" s="6">
+        <v>11</v>
+      </c>
       <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
-      <c r="BM7" s="6"/>
-[...1 lines deleted...]
-      <c r="BO7" s="6"/>
+      <c r="BM7" s="6">
+        <v>143647</v>
+      </c>
+      <c r="BN7" s="6">
+        <v>131805</v>
+      </c>
+      <c r="BO7" s="6">
+        <v>275452</v>
+      </c>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6"/>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
       <c r="BY7" s="6"/>
       <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
       <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
       <c r="CD7" s="6"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6"/>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
       <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
@@ -2144,116 +2186,240 @@
       <c r="DJ7" s="6"/>
       <c r="DK7" s="6"/>
       <c r="DL7" s="6"/>
       <c r="DM7" s="6"/>
       <c r="DN7" s="6"/>
       <c r="DO7" s="6"/>
       <c r="DP7" s="6"/>
       <c r="DQ7" s="6"/>
       <c r="DR7" s="6"/>
       <c r="DS7" s="6"/>
       <c r="DT7" s="6"/>
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
       <c r="DX7" s="6"/>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
     </row>
     <row r="8" spans="1:133">
       <c r="A8" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B8" s="6"/>
-[...56 lines deleted...]
-      <c r="BG8" s="6"/>
+      <c r="B8" s="6">
+        <v>6491</v>
+      </c>
+      <c r="C8" s="6">
+        <v>5968</v>
+      </c>
+      <c r="D8" s="6">
+        <v>12459</v>
+      </c>
+      <c r="E8" s="6">
+        <v>7108</v>
+      </c>
+      <c r="F8" s="6">
+        <v>6888</v>
+      </c>
+      <c r="G8" s="6">
+        <v>13996</v>
+      </c>
+      <c r="H8" s="6">
+        <v>7819</v>
+      </c>
+      <c r="I8" s="6">
+        <v>7244</v>
+      </c>
+      <c r="J8" s="6">
+        <v>15063</v>
+      </c>
+      <c r="K8" s="6">
+        <v>8408</v>
+      </c>
+      <c r="L8" s="6">
+        <v>7663</v>
+      </c>
+      <c r="M8" s="6">
+        <v>16071</v>
+      </c>
+      <c r="N8" s="6">
+        <v>8322</v>
+      </c>
+      <c r="O8" s="6">
+        <v>7510</v>
+      </c>
+      <c r="P8" s="6">
+        <v>15832</v>
+      </c>
+      <c r="Q8" s="6">
+        <v>7782</v>
+      </c>
+      <c r="R8" s="6">
+        <v>6977</v>
+      </c>
+      <c r="S8" s="6">
+        <v>14759</v>
+      </c>
+      <c r="T8" s="6">
+        <v>7579</v>
+      </c>
+      <c r="U8" s="6">
+        <v>6817</v>
+      </c>
+      <c r="V8" s="6">
+        <v>14396</v>
+      </c>
+      <c r="W8" s="6">
+        <v>7481</v>
+      </c>
+      <c r="X8" s="6">
+        <v>6862</v>
+      </c>
+      <c r="Y8" s="6">
+        <v>14343</v>
+      </c>
+      <c r="Z8" s="6">
+        <v>7346</v>
+      </c>
+      <c r="AA8" s="6">
+        <v>6327</v>
+      </c>
+      <c r="AB8" s="6">
+        <v>13673</v>
+      </c>
+      <c r="AC8" s="6">
+        <v>6521</v>
+      </c>
+      <c r="AD8" s="6">
+        <v>5362</v>
+      </c>
+      <c r="AE8" s="6">
+        <v>11883</v>
+      </c>
+      <c r="AF8" s="6">
+        <v>5123</v>
+      </c>
+      <c r="AG8" s="6">
+        <v>3950</v>
+      </c>
+      <c r="AH8" s="6">
+        <v>9073</v>
+      </c>
+      <c r="AI8" s="6">
+        <v>4004</v>
+      </c>
+      <c r="AJ8" s="6">
+        <v>3163</v>
+      </c>
+      <c r="AK8" s="6">
+        <v>7167</v>
+      </c>
+      <c r="AL8" s="6">
+        <v>2823</v>
+      </c>
+      <c r="AM8" s="6">
+        <v>2407</v>
+      </c>
+      <c r="AN8" s="6">
+        <v>5230</v>
+      </c>
+      <c r="AO8" s="6">
+        <v>1941</v>
+      </c>
+      <c r="AP8" s="6">
+        <v>1589</v>
+      </c>
+      <c r="AQ8" s="6">
+        <v>3530</v>
+      </c>
+      <c r="AR8" s="6">
+        <v>1205</v>
+      </c>
+      <c r="AS8" s="6">
+        <v>1027</v>
+      </c>
+      <c r="AT8" s="6">
+        <v>2232</v>
+      </c>
+      <c r="AU8" s="6">
+        <v>773</v>
+      </c>
+      <c r="AV8" s="6">
+        <v>708</v>
+      </c>
+      <c r="AW8" s="6">
+        <v>1481</v>
+      </c>
+      <c r="AX8" s="6">
+        <v>425</v>
+      </c>
+      <c r="AY8" s="6">
+        <v>360</v>
+      </c>
+      <c r="AZ8" s="6">
+        <v>785</v>
+      </c>
+      <c r="BA8" s="6">
+        <v>146</v>
+      </c>
+      <c r="BB8" s="6">
+        <v>115</v>
+      </c>
+      <c r="BC8" s="6">
+        <v>261</v>
+      </c>
+      <c r="BD8" s="6">
+        <v>28</v>
+      </c>
+      <c r="BE8" s="6">
+        <v>24</v>
+      </c>
+      <c r="BF8" s="6">
+        <v>52</v>
+      </c>
+      <c r="BG8" s="6">
+        <v>2</v>
+      </c>
       <c r="BH8" s="6"/>
-      <c r="BI8" s="6"/>
+      <c r="BI8" s="6">
+        <v>2</v>
+      </c>
       <c r="BJ8" s="6"/>
       <c r="BK8" s="6"/>
       <c r="BL8" s="6"/>
-      <c r="BM8" s="6"/>
-[...1 lines deleted...]
-      <c r="BO8" s="6"/>
+      <c r="BM8" s="6">
+        <v>91327</v>
+      </c>
+      <c r="BN8" s="6">
+        <v>80961</v>
+      </c>
+      <c r="BO8" s="6">
+        <v>172288</v>
+      </c>
       <c r="BP8" s="6"/>
       <c r="BQ8" s="6"/>
       <c r="BR8" s="6"/>
       <c r="BS8" s="6"/>
       <c r="BT8" s="6"/>
       <c r="BU8" s="6"/>
       <c r="BV8" s="6"/>
       <c r="BW8" s="6"/>
       <c r="BX8" s="6"/>
       <c r="BY8" s="6"/>
       <c r="BZ8" s="6"/>
       <c r="CA8" s="6"/>
       <c r="CB8" s="6"/>
       <c r="CC8" s="6"/>
       <c r="CD8" s="6"/>
       <c r="CE8" s="6"/>
       <c r="CF8" s="6"/>
       <c r="CG8" s="6"/>
       <c r="CH8" s="6"/>
       <c r="CI8" s="6"/>
       <c r="CJ8" s="6"/>
       <c r="CK8" s="6"/>
       <c r="CL8" s="6"/>
       <c r="CM8" s="6"/>
       <c r="CN8" s="6"/>
@@ -2281,116 +2447,242 @@
       <c r="DJ8" s="6"/>
       <c r="DK8" s="6"/>
       <c r="DL8" s="6"/>
       <c r="DM8" s="6"/>
       <c r="DN8" s="6"/>
       <c r="DO8" s="6"/>
       <c r="DP8" s="6"/>
       <c r="DQ8" s="6"/>
       <c r="DR8" s="6"/>
       <c r="DS8" s="6"/>
       <c r="DT8" s="6"/>
       <c r="DU8" s="6"/>
       <c r="DV8" s="6"/>
       <c r="DW8" s="6"/>
       <c r="DX8" s="6"/>
       <c r="DY8" s="6"/>
       <c r="DZ8" s="6"/>
       <c r="EA8" s="6"/>
       <c r="EB8" s="6"/>
       <c r="EC8" s="6"/>
     </row>
     <row r="9" spans="1:133">
       <c r="A9" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B9" s="6"/>
-[...58 lines deleted...]
-      <c r="BI9" s="6"/>
+      <c r="B9" s="6">
+        <v>33046</v>
+      </c>
+      <c r="C9" s="6">
+        <v>31468</v>
+      </c>
+      <c r="D9" s="6">
+        <v>64514</v>
+      </c>
+      <c r="E9" s="6">
+        <v>33172</v>
+      </c>
+      <c r="F9" s="6">
+        <v>31679</v>
+      </c>
+      <c r="G9" s="6">
+        <v>64851</v>
+      </c>
+      <c r="H9" s="6">
+        <v>35407</v>
+      </c>
+      <c r="I9" s="6">
+        <v>32625</v>
+      </c>
+      <c r="J9" s="6">
+        <v>68032</v>
+      </c>
+      <c r="K9" s="6">
+        <v>34324</v>
+      </c>
+      <c r="L9" s="6">
+        <v>31907</v>
+      </c>
+      <c r="M9" s="6">
+        <v>66231</v>
+      </c>
+      <c r="N9" s="6">
+        <v>32334</v>
+      </c>
+      <c r="O9" s="6">
+        <v>30080</v>
+      </c>
+      <c r="P9" s="6">
+        <v>62414</v>
+      </c>
+      <c r="Q9" s="6">
+        <v>30720</v>
+      </c>
+      <c r="R9" s="6">
+        <v>28475</v>
+      </c>
+      <c r="S9" s="6">
+        <v>59195</v>
+      </c>
+      <c r="T9" s="6">
+        <v>30359</v>
+      </c>
+      <c r="U9" s="6">
+        <v>28371</v>
+      </c>
+      <c r="V9" s="6">
+        <v>58730</v>
+      </c>
+      <c r="W9" s="6">
+        <v>29903</v>
+      </c>
+      <c r="X9" s="6">
+        <v>27476</v>
+      </c>
+      <c r="Y9" s="6">
+        <v>57379</v>
+      </c>
+      <c r="Z9" s="6">
+        <v>28616</v>
+      </c>
+      <c r="AA9" s="6">
+        <v>25980</v>
+      </c>
+      <c r="AB9" s="6">
+        <v>54596</v>
+      </c>
+      <c r="AC9" s="6">
+        <v>25411</v>
+      </c>
+      <c r="AD9" s="6">
+        <v>22888</v>
+      </c>
+      <c r="AE9" s="6">
+        <v>48299</v>
+      </c>
+      <c r="AF9" s="6">
+        <v>21049</v>
+      </c>
+      <c r="AG9" s="6">
+        <v>18214</v>
+      </c>
+      <c r="AH9" s="6">
+        <v>39263</v>
+      </c>
+      <c r="AI9" s="6">
+        <v>16479</v>
+      </c>
+      <c r="AJ9" s="6">
+        <v>13874</v>
+      </c>
+      <c r="AK9" s="6">
+        <v>30353</v>
+      </c>
+      <c r="AL9" s="6">
+        <v>11838</v>
+      </c>
+      <c r="AM9" s="6">
+        <v>10067</v>
+      </c>
+      <c r="AN9" s="6">
+        <v>21905</v>
+      </c>
+      <c r="AO9" s="6">
+        <v>7817</v>
+      </c>
+      <c r="AP9" s="6">
+        <v>6617</v>
+      </c>
+      <c r="AQ9" s="6">
+        <v>14434</v>
+      </c>
+      <c r="AR9" s="6">
+        <v>5023</v>
+      </c>
+      <c r="AS9" s="6">
+        <v>4485</v>
+      </c>
+      <c r="AT9" s="6">
+        <v>9508</v>
+      </c>
+      <c r="AU9" s="6">
+        <v>2947</v>
+      </c>
+      <c r="AV9" s="6">
+        <v>2682</v>
+      </c>
+      <c r="AW9" s="6">
+        <v>5629</v>
+      </c>
+      <c r="AX9" s="6">
+        <v>1482</v>
+      </c>
+      <c r="AY9" s="6">
+        <v>1311</v>
+      </c>
+      <c r="AZ9" s="6">
+        <v>2793</v>
+      </c>
+      <c r="BA9" s="6">
+        <v>507</v>
+      </c>
+      <c r="BB9" s="6">
+        <v>508</v>
+      </c>
+      <c r="BC9" s="6">
+        <v>1015</v>
+      </c>
+      <c r="BD9" s="6">
+        <v>112</v>
+      </c>
+      <c r="BE9" s="6">
+        <v>96</v>
+      </c>
+      <c r="BF9" s="6">
+        <v>208</v>
+      </c>
+      <c r="BG9" s="6">
+        <v>14</v>
+      </c>
+      <c r="BH9" s="6">
+        <v>19</v>
+      </c>
+      <c r="BI9" s="6">
+        <v>33</v>
+      </c>
       <c r="BJ9" s="6"/>
       <c r="BK9" s="6"/>
       <c r="BL9" s="6"/>
-      <c r="BM9" s="6"/>
-[...1 lines deleted...]
-      <c r="BO9" s="6"/>
+      <c r="BM9" s="6">
+        <v>380560</v>
+      </c>
+      <c r="BN9" s="6">
+        <v>348822</v>
+      </c>
+      <c r="BO9" s="6">
+        <v>729382</v>
+      </c>
       <c r="BP9" s="6"/>
       <c r="BQ9" s="6"/>
       <c r="BR9" s="6"/>
       <c r="BS9" s="6"/>
       <c r="BT9" s="6"/>
       <c r="BU9" s="6"/>
       <c r="BV9" s="6"/>
       <c r="BW9" s="6"/>
       <c r="BX9" s="6"/>
       <c r="BY9" s="6"/>
       <c r="BZ9" s="6"/>
       <c r="CA9" s="6"/>
       <c r="CB9" s="6"/>
       <c r="CC9" s="6"/>
       <c r="CD9" s="6"/>
       <c r="CE9" s="6"/>
       <c r="CF9" s="6"/>
       <c r="CG9" s="6"/>
       <c r="CH9" s="6"/>
       <c r="CI9" s="6"/>
       <c r="CJ9" s="6"/>
       <c r="CK9" s="6"/>
       <c r="CL9" s="6"/>
       <c r="CM9" s="6"/>
       <c r="CN9" s="6"/>
@@ -2418,116 +2710,242 @@
       <c r="DJ9" s="6"/>
       <c r="DK9" s="6"/>
       <c r="DL9" s="6"/>
       <c r="DM9" s="6"/>
       <c r="DN9" s="6"/>
       <c r="DO9" s="6"/>
       <c r="DP9" s="6"/>
       <c r="DQ9" s="6"/>
       <c r="DR9" s="6"/>
       <c r="DS9" s="6"/>
       <c r="DT9" s="6"/>
       <c r="DU9" s="6"/>
       <c r="DV9" s="6"/>
       <c r="DW9" s="6"/>
       <c r="DX9" s="6"/>
       <c r="DY9" s="6"/>
       <c r="DZ9" s="6"/>
       <c r="EA9" s="6"/>
       <c r="EB9" s="6"/>
       <c r="EC9" s="6"/>
     </row>
     <row r="10" spans="1:133">
       <c r="A10" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B10" s="6"/>
-[...58 lines deleted...]
-      <c r="BI10" s="6"/>
+      <c r="B10" s="6">
+        <v>16824</v>
+      </c>
+      <c r="C10" s="6">
+        <v>15717</v>
+      </c>
+      <c r="D10" s="6">
+        <v>32541</v>
+      </c>
+      <c r="E10" s="6">
+        <v>19134</v>
+      </c>
+      <c r="F10" s="6">
+        <v>18004</v>
+      </c>
+      <c r="G10" s="6">
+        <v>37138</v>
+      </c>
+      <c r="H10" s="6">
+        <v>20530</v>
+      </c>
+      <c r="I10" s="6">
+        <v>18962</v>
+      </c>
+      <c r="J10" s="6">
+        <v>39492</v>
+      </c>
+      <c r="K10" s="6">
+        <v>21425</v>
+      </c>
+      <c r="L10" s="6">
+        <v>19166</v>
+      </c>
+      <c r="M10" s="6">
+        <v>40591</v>
+      </c>
+      <c r="N10" s="6">
+        <v>21790</v>
+      </c>
+      <c r="O10" s="6">
+        <v>18309</v>
+      </c>
+      <c r="P10" s="6">
+        <v>40099</v>
+      </c>
+      <c r="Q10" s="6">
+        <v>22914</v>
+      </c>
+      <c r="R10" s="6">
+        <v>19485</v>
+      </c>
+      <c r="S10" s="6">
+        <v>42399</v>
+      </c>
+      <c r="T10" s="6">
+        <v>23463</v>
+      </c>
+      <c r="U10" s="6">
+        <v>19876</v>
+      </c>
+      <c r="V10" s="6">
+        <v>43339</v>
+      </c>
+      <c r="W10" s="6">
+        <v>20514</v>
+      </c>
+      <c r="X10" s="6">
+        <v>17398</v>
+      </c>
+      <c r="Y10" s="6">
+        <v>37912</v>
+      </c>
+      <c r="Z10" s="6">
+        <v>18204</v>
+      </c>
+      <c r="AA10" s="6">
+        <v>15521</v>
+      </c>
+      <c r="AB10" s="6">
+        <v>33725</v>
+      </c>
+      <c r="AC10" s="6">
+        <v>15676</v>
+      </c>
+      <c r="AD10" s="6">
+        <v>12613</v>
+      </c>
+      <c r="AE10" s="6">
+        <v>28289</v>
+      </c>
+      <c r="AF10" s="6">
+        <v>12369</v>
+      </c>
+      <c r="AG10" s="6">
+        <v>9011</v>
+      </c>
+      <c r="AH10" s="6">
+        <v>21380</v>
+      </c>
+      <c r="AI10" s="6">
+        <v>8512</v>
+      </c>
+      <c r="AJ10" s="6">
+        <v>6195</v>
+      </c>
+      <c r="AK10" s="6">
+        <v>14707</v>
+      </c>
+      <c r="AL10" s="6">
+        <v>5551</v>
+      </c>
+      <c r="AM10" s="6">
+        <v>4084</v>
+      </c>
+      <c r="AN10" s="6">
+        <v>9635</v>
+      </c>
+      <c r="AO10" s="6">
+        <v>3495</v>
+      </c>
+      <c r="AP10" s="6">
+        <v>2368</v>
+      </c>
+      <c r="AQ10" s="6">
+        <v>5863</v>
+      </c>
+      <c r="AR10" s="6">
+        <v>2231</v>
+      </c>
+      <c r="AS10" s="6">
+        <v>1575</v>
+      </c>
+      <c r="AT10" s="6">
+        <v>3806</v>
+      </c>
+      <c r="AU10" s="6">
+        <v>1303</v>
+      </c>
+      <c r="AV10" s="6">
+        <v>880</v>
+      </c>
+      <c r="AW10" s="6">
+        <v>2183</v>
+      </c>
+      <c r="AX10" s="6">
+        <v>565</v>
+      </c>
+      <c r="AY10" s="6">
+        <v>351</v>
+      </c>
+      <c r="AZ10" s="6">
+        <v>916</v>
+      </c>
+      <c r="BA10" s="6">
+        <v>208</v>
+      </c>
+      <c r="BB10" s="6">
+        <v>130</v>
+      </c>
+      <c r="BC10" s="6">
+        <v>338</v>
+      </c>
+      <c r="BD10" s="6">
+        <v>44</v>
+      </c>
+      <c r="BE10" s="6">
+        <v>48</v>
+      </c>
+      <c r="BF10" s="6">
+        <v>92</v>
+      </c>
+      <c r="BG10" s="6">
+        <v>9</v>
+      </c>
+      <c r="BH10" s="6">
+        <v>5</v>
+      </c>
+      <c r="BI10" s="6">
+        <v>14</v>
+      </c>
       <c r="BJ10" s="6"/>
       <c r="BK10" s="6"/>
       <c r="BL10" s="6"/>
-      <c r="BM10" s="6"/>
-[...1 lines deleted...]
-      <c r="BO10" s="6"/>
+      <c r="BM10" s="6">
+        <v>234761</v>
+      </c>
+      <c r="BN10" s="6">
+        <v>199698</v>
+      </c>
+      <c r="BO10" s="6">
+        <v>434459</v>
+      </c>
       <c r="BP10" s="6"/>
       <c r="BQ10" s="6"/>
       <c r="BR10" s="6"/>
       <c r="BS10" s="6"/>
       <c r="BT10" s="6"/>
       <c r="BU10" s="6"/>
       <c r="BV10" s="6"/>
       <c r="BW10" s="6"/>
       <c r="BX10" s="6"/>
       <c r="BY10" s="6"/>
       <c r="BZ10" s="6"/>
       <c r="CA10" s="6"/>
       <c r="CB10" s="6"/>
       <c r="CC10" s="6"/>
       <c r="CD10" s="6"/>
       <c r="CE10" s="6"/>
       <c r="CF10" s="6"/>
       <c r="CG10" s="6"/>
       <c r="CH10" s="6"/>
       <c r="CI10" s="6"/>
       <c r="CJ10" s="6"/>
       <c r="CK10" s="6"/>
       <c r="CL10" s="6"/>
       <c r="CM10" s="6"/>
       <c r="CN10" s="6"/>
@@ -2555,116 +2973,242 @@
       <c r="DJ10" s="6"/>
       <c r="DK10" s="6"/>
       <c r="DL10" s="6"/>
       <c r="DM10" s="6"/>
       <c r="DN10" s="6"/>
       <c r="DO10" s="6"/>
       <c r="DP10" s="6"/>
       <c r="DQ10" s="6"/>
       <c r="DR10" s="6"/>
       <c r="DS10" s="6"/>
       <c r="DT10" s="6"/>
       <c r="DU10" s="6"/>
       <c r="DV10" s="6"/>
       <c r="DW10" s="6"/>
       <c r="DX10" s="6"/>
       <c r="DY10" s="6"/>
       <c r="DZ10" s="6"/>
       <c r="EA10" s="6"/>
       <c r="EB10" s="6"/>
       <c r="EC10" s="6"/>
     </row>
     <row r="11" spans="1:133">
       <c r="A11" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B11" s="6"/>
-[...58 lines deleted...]
-      <c r="BI11" s="6"/>
+      <c r="B11" s="6">
+        <v>10871</v>
+      </c>
+      <c r="C11" s="6">
+        <v>10668</v>
+      </c>
+      <c r="D11" s="6">
+        <v>21539</v>
+      </c>
+      <c r="E11" s="6">
+        <v>11069</v>
+      </c>
+      <c r="F11" s="6">
+        <v>10462</v>
+      </c>
+      <c r="G11" s="6">
+        <v>21531</v>
+      </c>
+      <c r="H11" s="6">
+        <v>11004</v>
+      </c>
+      <c r="I11" s="6">
+        <v>10461</v>
+      </c>
+      <c r="J11" s="6">
+        <v>21465</v>
+      </c>
+      <c r="K11" s="6">
+        <v>10953</v>
+      </c>
+      <c r="L11" s="6">
+        <v>10081</v>
+      </c>
+      <c r="M11" s="6">
+        <v>21034</v>
+      </c>
+      <c r="N11" s="6">
+        <v>12437</v>
+      </c>
+      <c r="O11" s="6">
+        <v>10135</v>
+      </c>
+      <c r="P11" s="6">
+        <v>22572</v>
+      </c>
+      <c r="Q11" s="6">
+        <v>12683</v>
+      </c>
+      <c r="R11" s="6">
+        <v>10480</v>
+      </c>
+      <c r="S11" s="6">
+        <v>23163</v>
+      </c>
+      <c r="T11" s="6">
+        <v>12244</v>
+      </c>
+      <c r="U11" s="6">
+        <v>10636</v>
+      </c>
+      <c r="V11" s="6">
+        <v>22880</v>
+      </c>
+      <c r="W11" s="6">
+        <v>11107</v>
+      </c>
+      <c r="X11" s="6">
+        <v>9700</v>
+      </c>
+      <c r="Y11" s="6">
+        <v>20807</v>
+      </c>
+      <c r="Z11" s="6">
+        <v>10576</v>
+      </c>
+      <c r="AA11" s="6">
+        <v>8894</v>
+      </c>
+      <c r="AB11" s="6">
+        <v>19470</v>
+      </c>
+      <c r="AC11" s="6">
+        <v>9216</v>
+      </c>
+      <c r="AD11" s="6">
+        <v>7360</v>
+      </c>
+      <c r="AE11" s="6">
+        <v>16576</v>
+      </c>
+      <c r="AF11" s="6">
+        <v>7447</v>
+      </c>
+      <c r="AG11" s="6">
+        <v>5603</v>
+      </c>
+      <c r="AH11" s="6">
+        <v>13050</v>
+      </c>
+      <c r="AI11" s="6">
+        <v>5144</v>
+      </c>
+      <c r="AJ11" s="6">
+        <v>3908</v>
+      </c>
+      <c r="AK11" s="6">
+        <v>9052</v>
+      </c>
+      <c r="AL11" s="6">
+        <v>3455</v>
+      </c>
+      <c r="AM11" s="6">
+        <v>2558</v>
+      </c>
+      <c r="AN11" s="6">
+        <v>6013</v>
+      </c>
+      <c r="AO11" s="6">
+        <v>2211</v>
+      </c>
+      <c r="AP11" s="6">
+        <v>1753</v>
+      </c>
+      <c r="AQ11" s="6">
+        <v>3964</v>
+      </c>
+      <c r="AR11" s="6">
+        <v>1356</v>
+      </c>
+      <c r="AS11" s="6">
+        <v>1132</v>
+      </c>
+      <c r="AT11" s="6">
+        <v>2488</v>
+      </c>
+      <c r="AU11" s="6">
+        <v>913</v>
+      </c>
+      <c r="AV11" s="6">
+        <v>691</v>
+      </c>
+      <c r="AW11" s="6">
+        <v>1604</v>
+      </c>
+      <c r="AX11" s="6">
+        <v>353</v>
+      </c>
+      <c r="AY11" s="6">
+        <v>253</v>
+      </c>
+      <c r="AZ11" s="6">
+        <v>606</v>
+      </c>
+      <c r="BA11" s="6">
+        <v>110</v>
+      </c>
+      <c r="BB11" s="6">
+        <v>81</v>
+      </c>
+      <c r="BC11" s="6">
+        <v>191</v>
+      </c>
+      <c r="BD11" s="6">
+        <v>12</v>
+      </c>
+      <c r="BE11" s="6">
+        <v>15</v>
+      </c>
+      <c r="BF11" s="6">
+        <v>27</v>
+      </c>
+      <c r="BG11" s="6">
+        <v>2</v>
+      </c>
+      <c r="BH11" s="6">
+        <v>1</v>
+      </c>
+      <c r="BI11" s="6">
+        <v>3</v>
+      </c>
       <c r="BJ11" s="6"/>
       <c r="BK11" s="6"/>
       <c r="BL11" s="6"/>
-      <c r="BM11" s="6"/>
-[...1 lines deleted...]
-      <c r="BO11" s="6"/>
+      <c r="BM11" s="6">
+        <v>133163</v>
+      </c>
+      <c r="BN11" s="6">
+        <v>114872</v>
+      </c>
+      <c r="BO11" s="6">
+        <v>248035</v>
+      </c>
       <c r="BP11" s="6"/>
       <c r="BQ11" s="6"/>
       <c r="BR11" s="6"/>
       <c r="BS11" s="6"/>
       <c r="BT11" s="6"/>
       <c r="BU11" s="6"/>
       <c r="BV11" s="6"/>
       <c r="BW11" s="6"/>
       <c r="BX11" s="6"/>
       <c r="BY11" s="6"/>
       <c r="BZ11" s="6"/>
       <c r="CA11" s="6"/>
       <c r="CB11" s="6"/>
       <c r="CC11" s="6"/>
       <c r="CD11" s="6"/>
       <c r="CE11" s="6"/>
       <c r="CF11" s="6"/>
       <c r="CG11" s="6"/>
       <c r="CH11" s="6"/>
       <c r="CI11" s="6"/>
       <c r="CJ11" s="6"/>
       <c r="CK11" s="6"/>
       <c r="CL11" s="6"/>
       <c r="CM11" s="6"/>
       <c r="CN11" s="6"/>
@@ -2692,116 +3236,242 @@
       <c r="DJ11" s="6"/>
       <c r="DK11" s="6"/>
       <c r="DL11" s="6"/>
       <c r="DM11" s="6"/>
       <c r="DN11" s="6"/>
       <c r="DO11" s="6"/>
       <c r="DP11" s="6"/>
       <c r="DQ11" s="6"/>
       <c r="DR11" s="6"/>
       <c r="DS11" s="6"/>
       <c r="DT11" s="6"/>
       <c r="DU11" s="6"/>
       <c r="DV11" s="6"/>
       <c r="DW11" s="6"/>
       <c r="DX11" s="6"/>
       <c r="DY11" s="6"/>
       <c r="DZ11" s="6"/>
       <c r="EA11" s="6"/>
       <c r="EB11" s="6"/>
       <c r="EC11" s="6"/>
     </row>
     <row r="12" spans="1:133">
       <c r="A12" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B12" s="6"/>
-[...58 lines deleted...]
-      <c r="BI12" s="6"/>
+      <c r="B12" s="6">
+        <v>8359</v>
+      </c>
+      <c r="C12" s="6">
+        <v>8010</v>
+      </c>
+      <c r="D12" s="6">
+        <v>16369</v>
+      </c>
+      <c r="E12" s="6">
+        <v>7640</v>
+      </c>
+      <c r="F12" s="6">
+        <v>7179</v>
+      </c>
+      <c r="G12" s="6">
+        <v>14819</v>
+      </c>
+      <c r="H12" s="6">
+        <v>8240</v>
+      </c>
+      <c r="I12" s="6">
+        <v>7709</v>
+      </c>
+      <c r="J12" s="6">
+        <v>15949</v>
+      </c>
+      <c r="K12" s="6">
+        <v>8182</v>
+      </c>
+      <c r="L12" s="6">
+        <v>7506</v>
+      </c>
+      <c r="M12" s="6">
+        <v>15688</v>
+      </c>
+      <c r="N12" s="6">
+        <v>8112</v>
+      </c>
+      <c r="O12" s="6">
+        <v>7709</v>
+      </c>
+      <c r="P12" s="6">
+        <v>15821</v>
+      </c>
+      <c r="Q12" s="6">
+        <v>7334</v>
+      </c>
+      <c r="R12" s="6">
+        <v>6964</v>
+      </c>
+      <c r="S12" s="6">
+        <v>14298</v>
+      </c>
+      <c r="T12" s="6">
+        <v>7194</v>
+      </c>
+      <c r="U12" s="6">
+        <v>7029</v>
+      </c>
+      <c r="V12" s="6">
+        <v>14223</v>
+      </c>
+      <c r="W12" s="6">
+        <v>7245</v>
+      </c>
+      <c r="X12" s="6">
+        <v>6847</v>
+      </c>
+      <c r="Y12" s="6">
+        <v>14092</v>
+      </c>
+      <c r="Z12" s="6">
+        <v>6969</v>
+      </c>
+      <c r="AA12" s="6">
+        <v>6310</v>
+      </c>
+      <c r="AB12" s="6">
+        <v>13279</v>
+      </c>
+      <c r="AC12" s="6">
+        <v>5927</v>
+      </c>
+      <c r="AD12" s="6">
+        <v>5591</v>
+      </c>
+      <c r="AE12" s="6">
+        <v>11518</v>
+      </c>
+      <c r="AF12" s="6">
+        <v>5101</v>
+      </c>
+      <c r="AG12" s="6">
+        <v>4800</v>
+      </c>
+      <c r="AH12" s="6">
+        <v>9901</v>
+      </c>
+      <c r="AI12" s="6">
+        <v>4265</v>
+      </c>
+      <c r="AJ12" s="6">
+        <v>3668</v>
+      </c>
+      <c r="AK12" s="6">
+        <v>7933</v>
+      </c>
+      <c r="AL12" s="6">
+        <v>3100</v>
+      </c>
+      <c r="AM12" s="6">
+        <v>2616</v>
+      </c>
+      <c r="AN12" s="6">
+        <v>5716</v>
+      </c>
+      <c r="AO12" s="6">
+        <v>2156</v>
+      </c>
+      <c r="AP12" s="6">
+        <v>1757</v>
+      </c>
+      <c r="AQ12" s="6">
+        <v>3913</v>
+      </c>
+      <c r="AR12" s="6">
+        <v>1332</v>
+      </c>
+      <c r="AS12" s="6">
+        <v>1228</v>
+      </c>
+      <c r="AT12" s="6">
+        <v>2560</v>
+      </c>
+      <c r="AU12" s="6">
+        <v>767</v>
+      </c>
+      <c r="AV12" s="6">
+        <v>674</v>
+      </c>
+      <c r="AW12" s="6">
+        <v>1441</v>
+      </c>
+      <c r="AX12" s="6">
+        <v>375</v>
+      </c>
+      <c r="AY12" s="6">
+        <v>389</v>
+      </c>
+      <c r="AZ12" s="6">
+        <v>764</v>
+      </c>
+      <c r="BA12" s="6">
+        <v>168</v>
+      </c>
+      <c r="BB12" s="6">
+        <v>152</v>
+      </c>
+      <c r="BC12" s="6">
+        <v>320</v>
+      </c>
+      <c r="BD12" s="6">
+        <v>37</v>
+      </c>
+      <c r="BE12" s="6">
+        <v>32</v>
+      </c>
+      <c r="BF12" s="6">
+        <v>69</v>
+      </c>
+      <c r="BG12" s="6">
+        <v>3</v>
+      </c>
+      <c r="BH12" s="6">
+        <v>5</v>
+      </c>
+      <c r="BI12" s="6">
+        <v>8</v>
+      </c>
       <c r="BJ12" s="6"/>
       <c r="BK12" s="6"/>
       <c r="BL12" s="6"/>
-      <c r="BM12" s="6"/>
-[...1 lines deleted...]
-      <c r="BO12" s="6"/>
+      <c r="BM12" s="6">
+        <v>92506</v>
+      </c>
+      <c r="BN12" s="6">
+        <v>86175</v>
+      </c>
+      <c r="BO12" s="6">
+        <v>178681</v>
+      </c>
       <c r="BP12" s="6"/>
       <c r="BQ12" s="6"/>
       <c r="BR12" s="6"/>
       <c r="BS12" s="6"/>
       <c r="BT12" s="6"/>
       <c r="BU12" s="6"/>
       <c r="BV12" s="6"/>
       <c r="BW12" s="6"/>
       <c r="BX12" s="6"/>
       <c r="BY12" s="6"/>
       <c r="BZ12" s="6"/>
       <c r="CA12" s="6"/>
       <c r="CB12" s="6"/>
       <c r="CC12" s="6"/>
       <c r="CD12" s="6"/>
       <c r="CE12" s="6"/>
       <c r="CF12" s="6"/>
       <c r="CG12" s="6"/>
       <c r="CH12" s="6"/>
       <c r="CI12" s="6"/>
       <c r="CJ12" s="6"/>
       <c r="CK12" s="6"/>
       <c r="CL12" s="6"/>
       <c r="CM12" s="6"/>
       <c r="CN12" s="6"/>
@@ -2829,116 +3499,240 @@
       <c r="DJ12" s="6"/>
       <c r="DK12" s="6"/>
       <c r="DL12" s="6"/>
       <c r="DM12" s="6"/>
       <c r="DN12" s="6"/>
       <c r="DO12" s="6"/>
       <c r="DP12" s="6"/>
       <c r="DQ12" s="6"/>
       <c r="DR12" s="6"/>
       <c r="DS12" s="6"/>
       <c r="DT12" s="6"/>
       <c r="DU12" s="6"/>
       <c r="DV12" s="6"/>
       <c r="DW12" s="6"/>
       <c r="DX12" s="6"/>
       <c r="DY12" s="6"/>
       <c r="DZ12" s="6"/>
       <c r="EA12" s="6"/>
       <c r="EB12" s="6"/>
       <c r="EC12" s="6"/>
     </row>
     <row r="13" spans="1:133">
       <c r="A13" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B13" s="6"/>
-[...55 lines deleted...]
-      <c r="BF13" s="6"/>
+      <c r="B13" s="6">
+        <v>1143</v>
+      </c>
+      <c r="C13" s="6">
+        <v>1103</v>
+      </c>
+      <c r="D13" s="6">
+        <v>2246</v>
+      </c>
+      <c r="E13" s="6">
+        <v>1261</v>
+      </c>
+      <c r="F13" s="6">
+        <v>1229</v>
+      </c>
+      <c r="G13" s="6">
+        <v>2490</v>
+      </c>
+      <c r="H13" s="6">
+        <v>1465</v>
+      </c>
+      <c r="I13" s="6">
+        <v>1279</v>
+      </c>
+      <c r="J13" s="6">
+        <v>2744</v>
+      </c>
+      <c r="K13" s="6">
+        <v>1615</v>
+      </c>
+      <c r="L13" s="6">
+        <v>1502</v>
+      </c>
+      <c r="M13" s="6">
+        <v>3117</v>
+      </c>
+      <c r="N13" s="6">
+        <v>1632</v>
+      </c>
+      <c r="O13" s="6">
+        <v>1609</v>
+      </c>
+      <c r="P13" s="6">
+        <v>3241</v>
+      </c>
+      <c r="Q13" s="6">
+        <v>1558</v>
+      </c>
+      <c r="R13" s="6">
+        <v>1400</v>
+      </c>
+      <c r="S13" s="6">
+        <v>2958</v>
+      </c>
+      <c r="T13" s="6">
+        <v>1449</v>
+      </c>
+      <c r="U13" s="6">
+        <v>1172</v>
+      </c>
+      <c r="V13" s="6">
+        <v>2621</v>
+      </c>
+      <c r="W13" s="6">
+        <v>1316</v>
+      </c>
+      <c r="X13" s="6">
+        <v>1094</v>
+      </c>
+      <c r="Y13" s="6">
+        <v>2410</v>
+      </c>
+      <c r="Z13" s="6">
+        <v>1278</v>
+      </c>
+      <c r="AA13" s="6">
+        <v>1050</v>
+      </c>
+      <c r="AB13" s="6">
+        <v>2328</v>
+      </c>
+      <c r="AC13" s="6">
+        <v>1170</v>
+      </c>
+      <c r="AD13" s="6">
+        <v>955</v>
+      </c>
+      <c r="AE13" s="6">
+        <v>2125</v>
+      </c>
+      <c r="AF13" s="6">
+        <v>979</v>
+      </c>
+      <c r="AG13" s="6">
+        <v>742</v>
+      </c>
+      <c r="AH13" s="6">
+        <v>1721</v>
+      </c>
+      <c r="AI13" s="6">
+        <v>796</v>
+      </c>
+      <c r="AJ13" s="6">
+        <v>638</v>
+      </c>
+      <c r="AK13" s="6">
+        <v>1434</v>
+      </c>
+      <c r="AL13" s="6">
+        <v>582</v>
+      </c>
+      <c r="AM13" s="6">
+        <v>479</v>
+      </c>
+      <c r="AN13" s="6">
+        <v>1061</v>
+      </c>
+      <c r="AO13" s="6">
+        <v>387</v>
+      </c>
+      <c r="AP13" s="6">
+        <v>380</v>
+      </c>
+      <c r="AQ13" s="6">
+        <v>767</v>
+      </c>
+      <c r="AR13" s="6">
+        <v>285</v>
+      </c>
+      <c r="AS13" s="6">
+        <v>259</v>
+      </c>
+      <c r="AT13" s="6">
+        <v>544</v>
+      </c>
+      <c r="AU13" s="6">
+        <v>225</v>
+      </c>
+      <c r="AV13" s="6">
+        <v>186</v>
+      </c>
+      <c r="AW13" s="6">
+        <v>411</v>
+      </c>
+      <c r="AX13" s="6">
+        <v>115</v>
+      </c>
+      <c r="AY13" s="6">
+        <v>99</v>
+      </c>
+      <c r="AZ13" s="6">
+        <v>214</v>
+      </c>
+      <c r="BA13" s="6">
+        <v>42</v>
+      </c>
+      <c r="BB13" s="6">
+        <v>21</v>
+      </c>
+      <c r="BC13" s="6">
+        <v>63</v>
+      </c>
+      <c r="BD13" s="6">
+        <v>10</v>
+      </c>
+      <c r="BE13" s="6">
+        <v>7</v>
+      </c>
+      <c r="BF13" s="6">
+        <v>17</v>
+      </c>
       <c r="BG13" s="6"/>
-      <c r="BH13" s="6"/>
-      <c r="BI13" s="6"/>
+      <c r="BH13" s="6">
+        <v>1</v>
+      </c>
+      <c r="BI13" s="6">
+        <v>1</v>
+      </c>
       <c r="BJ13" s="6"/>
       <c r="BK13" s="6"/>
       <c r="BL13" s="6"/>
-      <c r="BM13" s="6"/>
-[...1 lines deleted...]
-      <c r="BO13" s="6"/>
+      <c r="BM13" s="6">
+        <v>17308</v>
+      </c>
+      <c r="BN13" s="6">
+        <v>15205</v>
+      </c>
+      <c r="BO13" s="6">
+        <v>32513</v>
+      </c>
       <c r="BP13" s="6"/>
       <c r="BQ13" s="6"/>
       <c r="BR13" s="6"/>
       <c r="BS13" s="6"/>
       <c r="BT13" s="6"/>
       <c r="BU13" s="6"/>
       <c r="BV13" s="6"/>
       <c r="BW13" s="6"/>
       <c r="BX13" s="6"/>
       <c r="BY13" s="6"/>
       <c r="BZ13" s="6"/>
       <c r="CA13" s="6"/>
       <c r="CB13" s="6"/>
       <c r="CC13" s="6"/>
       <c r="CD13" s="6"/>
       <c r="CE13" s="6"/>
       <c r="CF13" s="6"/>
       <c r="CG13" s="6"/>
       <c r="CH13" s="6"/>
       <c r="CI13" s="6"/>
       <c r="CJ13" s="6"/>
       <c r="CK13" s="6"/>
       <c r="CL13" s="6"/>
       <c r="CM13" s="6"/>
       <c r="CN13" s="6"/>
@@ -2966,116 +3760,242 @@
       <c r="DJ13" s="6"/>
       <c r="DK13" s="6"/>
       <c r="DL13" s="6"/>
       <c r="DM13" s="6"/>
       <c r="DN13" s="6"/>
       <c r="DO13" s="6"/>
       <c r="DP13" s="6"/>
       <c r="DQ13" s="6"/>
       <c r="DR13" s="6"/>
       <c r="DS13" s="6"/>
       <c r="DT13" s="6"/>
       <c r="DU13" s="6"/>
       <c r="DV13" s="6"/>
       <c r="DW13" s="6"/>
       <c r="DX13" s="6"/>
       <c r="DY13" s="6"/>
       <c r="DZ13" s="6"/>
       <c r="EA13" s="6"/>
       <c r="EB13" s="6"/>
       <c r="EC13" s="6"/>
     </row>
     <row r="14" spans="1:133">
       <c r="A14" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="6"/>
-[...58 lines deleted...]
-      <c r="BI14" s="6"/>
+      <c r="B14" s="6">
+        <v>30494</v>
+      </c>
+      <c r="C14" s="6">
+        <v>29059</v>
+      </c>
+      <c r="D14" s="6">
+        <v>59553</v>
+      </c>
+      <c r="E14" s="6">
+        <v>28050</v>
+      </c>
+      <c r="F14" s="6">
+        <v>26797</v>
+      </c>
+      <c r="G14" s="6">
+        <v>54847</v>
+      </c>
+      <c r="H14" s="6">
+        <v>29740</v>
+      </c>
+      <c r="I14" s="6">
+        <v>27401</v>
+      </c>
+      <c r="J14" s="6">
+        <v>57141</v>
+      </c>
+      <c r="K14" s="6">
+        <v>29547</v>
+      </c>
+      <c r="L14" s="6">
+        <v>26938</v>
+      </c>
+      <c r="M14" s="6">
+        <v>56485</v>
+      </c>
+      <c r="N14" s="6">
+        <v>30980</v>
+      </c>
+      <c r="O14" s="6">
+        <v>28243</v>
+      </c>
+      <c r="P14" s="6">
+        <v>59223</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>30428</v>
+      </c>
+      <c r="R14" s="6">
+        <v>28963</v>
+      </c>
+      <c r="S14" s="6">
+        <v>59391</v>
+      </c>
+      <c r="T14" s="6">
+        <v>29895</v>
+      </c>
+      <c r="U14" s="6">
+        <v>28659</v>
+      </c>
+      <c r="V14" s="6">
+        <v>58554</v>
+      </c>
+      <c r="W14" s="6">
+        <v>28552</v>
+      </c>
+      <c r="X14" s="6">
+        <v>27546</v>
+      </c>
+      <c r="Y14" s="6">
+        <v>56098</v>
+      </c>
+      <c r="Z14" s="6">
+        <v>26946</v>
+      </c>
+      <c r="AA14" s="6">
+        <v>26034</v>
+      </c>
+      <c r="AB14" s="6">
+        <v>52980</v>
+      </c>
+      <c r="AC14" s="6">
+        <v>23315</v>
+      </c>
+      <c r="AD14" s="6">
+        <v>22450</v>
+      </c>
+      <c r="AE14" s="6">
+        <v>45765</v>
+      </c>
+      <c r="AF14" s="6">
+        <v>18941</v>
+      </c>
+      <c r="AG14" s="6">
+        <v>18616</v>
+      </c>
+      <c r="AH14" s="6">
+        <v>37557</v>
+      </c>
+      <c r="AI14" s="6">
+        <v>15824</v>
+      </c>
+      <c r="AJ14" s="6">
+        <v>15742</v>
+      </c>
+      <c r="AK14" s="6">
+        <v>31566</v>
+      </c>
+      <c r="AL14" s="6">
+        <v>12093</v>
+      </c>
+      <c r="AM14" s="6">
+        <v>11562</v>
+      </c>
+      <c r="AN14" s="6">
+        <v>23655</v>
+      </c>
+      <c r="AO14" s="6">
+        <v>8816</v>
+      </c>
+      <c r="AP14" s="6">
+        <v>8303</v>
+      </c>
+      <c r="AQ14" s="6">
+        <v>17119</v>
+      </c>
+      <c r="AR14" s="6">
+        <v>5306</v>
+      </c>
+      <c r="AS14" s="6">
+        <v>4941</v>
+      </c>
+      <c r="AT14" s="6">
+        <v>10247</v>
+      </c>
+      <c r="AU14" s="6">
+        <v>2554</v>
+      </c>
+      <c r="AV14" s="6">
+        <v>2501</v>
+      </c>
+      <c r="AW14" s="6">
+        <v>5055</v>
+      </c>
+      <c r="AX14" s="6">
+        <v>1004</v>
+      </c>
+      <c r="AY14" s="6">
+        <v>1199</v>
+      </c>
+      <c r="AZ14" s="6">
+        <v>2203</v>
+      </c>
+      <c r="BA14" s="6">
+        <v>267</v>
+      </c>
+      <c r="BB14" s="6">
+        <v>437</v>
+      </c>
+      <c r="BC14" s="6">
+        <v>704</v>
+      </c>
+      <c r="BD14" s="6">
+        <v>47</v>
+      </c>
+      <c r="BE14" s="6">
+        <v>103</v>
+      </c>
+      <c r="BF14" s="6">
+        <v>150</v>
+      </c>
+      <c r="BG14" s="6">
+        <v>3</v>
+      </c>
+      <c r="BH14" s="6">
+        <v>22</v>
+      </c>
+      <c r="BI14" s="6">
+        <v>25</v>
+      </c>
       <c r="BJ14" s="6"/>
       <c r="BK14" s="6"/>
       <c r="BL14" s="6"/>
-      <c r="BM14" s="6"/>
-[...1 lines deleted...]
-      <c r="BO14" s="6"/>
+      <c r="BM14" s="6">
+        <v>352802</v>
+      </c>
+      <c r="BN14" s="6">
+        <v>335516</v>
+      </c>
+      <c r="BO14" s="6">
+        <v>688318</v>
+      </c>
       <c r="BP14" s="6"/>
       <c r="BQ14" s="6"/>
       <c r="BR14" s="6"/>
       <c r="BS14" s="6"/>
       <c r="BT14" s="6"/>
       <c r="BU14" s="6"/>
       <c r="BV14" s="6"/>
       <c r="BW14" s="6"/>
       <c r="BX14" s="6"/>
       <c r="BY14" s="6"/>
       <c r="BZ14" s="6"/>
       <c r="CA14" s="6"/>
       <c r="CB14" s="6"/>
       <c r="CC14" s="6"/>
       <c r="CD14" s="6"/>
       <c r="CE14" s="6"/>
       <c r="CF14" s="6"/>
       <c r="CG14" s="6"/>
       <c r="CH14" s="6"/>
       <c r="CI14" s="6"/>
       <c r="CJ14" s="6"/>
       <c r="CK14" s="6"/>
       <c r="CL14" s="6"/>
       <c r="CM14" s="6"/>
       <c r="CN14" s="6"/>
@@ -3103,116 +4023,242 @@
       <c r="DJ14" s="6"/>
       <c r="DK14" s="6"/>
       <c r="DL14" s="6"/>
       <c r="DM14" s="6"/>
       <c r="DN14" s="6"/>
       <c r="DO14" s="6"/>
       <c r="DP14" s="6"/>
       <c r="DQ14" s="6"/>
       <c r="DR14" s="6"/>
       <c r="DS14" s="6"/>
       <c r="DT14" s="6"/>
       <c r="DU14" s="6"/>
       <c r="DV14" s="6"/>
       <c r="DW14" s="6"/>
       <c r="DX14" s="6"/>
       <c r="DY14" s="6"/>
       <c r="DZ14" s="6"/>
       <c r="EA14" s="6"/>
       <c r="EB14" s="6"/>
       <c r="EC14" s="6"/>
     </row>
     <row r="15" spans="1:133">
       <c r="A15" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="6"/>
-[...58 lines deleted...]
-      <c r="BI15" s="6"/>
+      <c r="B15" s="6">
+        <v>32679</v>
+      </c>
+      <c r="C15" s="6">
+        <v>31393</v>
+      </c>
+      <c r="D15" s="6">
+        <v>64072</v>
+      </c>
+      <c r="E15" s="6">
+        <v>34303</v>
+      </c>
+      <c r="F15" s="6">
+        <v>33052</v>
+      </c>
+      <c r="G15" s="6">
+        <v>67355</v>
+      </c>
+      <c r="H15" s="6">
+        <v>37074</v>
+      </c>
+      <c r="I15" s="6">
+        <v>34632</v>
+      </c>
+      <c r="J15" s="6">
+        <v>71706</v>
+      </c>
+      <c r="K15" s="6">
+        <v>37745</v>
+      </c>
+      <c r="L15" s="6">
+        <v>35376</v>
+      </c>
+      <c r="M15" s="6">
+        <v>73121</v>
+      </c>
+      <c r="N15" s="6">
+        <v>36298</v>
+      </c>
+      <c r="O15" s="6">
+        <v>35734</v>
+      </c>
+      <c r="P15" s="6">
+        <v>72032</v>
+      </c>
+      <c r="Q15" s="6">
+        <v>35509</v>
+      </c>
+      <c r="R15" s="6">
+        <v>34164</v>
+      </c>
+      <c r="S15" s="6">
+        <v>69673</v>
+      </c>
+      <c r="T15" s="6">
+        <v>35146</v>
+      </c>
+      <c r="U15" s="6">
+        <v>33731</v>
+      </c>
+      <c r="V15" s="6">
+        <v>68877</v>
+      </c>
+      <c r="W15" s="6">
+        <v>34439</v>
+      </c>
+      <c r="X15" s="6">
+        <v>32634</v>
+      </c>
+      <c r="Y15" s="6">
+        <v>67073</v>
+      </c>
+      <c r="Z15" s="6">
+        <v>32214</v>
+      </c>
+      <c r="AA15" s="6">
+        <v>31024</v>
+      </c>
+      <c r="AB15" s="6">
+        <v>63238</v>
+      </c>
+      <c r="AC15" s="6">
+        <v>28843</v>
+      </c>
+      <c r="AD15" s="6">
+        <v>28185</v>
+      </c>
+      <c r="AE15" s="6">
+        <v>57028</v>
+      </c>
+      <c r="AF15" s="6">
+        <v>24451</v>
+      </c>
+      <c r="AG15" s="6">
+        <v>23992</v>
+      </c>
+      <c r="AH15" s="6">
+        <v>48443</v>
+      </c>
+      <c r="AI15" s="6">
+        <v>19821</v>
+      </c>
+      <c r="AJ15" s="6">
+        <v>19216</v>
+      </c>
+      <c r="AK15" s="6">
+        <v>39037</v>
+      </c>
+      <c r="AL15" s="6">
+        <v>14084</v>
+      </c>
+      <c r="AM15" s="6">
+        <v>13091</v>
+      </c>
+      <c r="AN15" s="6">
+        <v>27175</v>
+      </c>
+      <c r="AO15" s="6">
+        <v>9339</v>
+      </c>
+      <c r="AP15" s="6">
+        <v>8633</v>
+      </c>
+      <c r="AQ15" s="6">
+        <v>17972</v>
+      </c>
+      <c r="AR15" s="6">
+        <v>5868</v>
+      </c>
+      <c r="AS15" s="6">
+        <v>5277</v>
+      </c>
+      <c r="AT15" s="6">
+        <v>11145</v>
+      </c>
+      <c r="AU15" s="6">
+        <v>3050</v>
+      </c>
+      <c r="AV15" s="6">
+        <v>3030</v>
+      </c>
+      <c r="AW15" s="6">
+        <v>6080</v>
+      </c>
+      <c r="AX15" s="6">
+        <v>1306</v>
+      </c>
+      <c r="AY15" s="6">
+        <v>1489</v>
+      </c>
+      <c r="AZ15" s="6">
+        <v>2795</v>
+      </c>
+      <c r="BA15" s="6">
+        <v>361</v>
+      </c>
+      <c r="BB15" s="6">
+        <v>555</v>
+      </c>
+      <c r="BC15" s="6">
+        <v>916</v>
+      </c>
+      <c r="BD15" s="6">
+        <v>85</v>
+      </c>
+      <c r="BE15" s="6">
+        <v>150</v>
+      </c>
+      <c r="BF15" s="6">
+        <v>235</v>
+      </c>
+      <c r="BG15" s="6">
+        <v>9</v>
+      </c>
+      <c r="BH15" s="6">
+        <v>12</v>
+      </c>
+      <c r="BI15" s="6">
+        <v>21</v>
+      </c>
       <c r="BJ15" s="6"/>
       <c r="BK15" s="6"/>
       <c r="BL15" s="6"/>
-      <c r="BM15" s="6"/>
-[...1 lines deleted...]
-      <c r="BO15" s="6"/>
+      <c r="BM15" s="6">
+        <v>422624</v>
+      </c>
+      <c r="BN15" s="6">
+        <v>405370</v>
+      </c>
+      <c r="BO15" s="6">
+        <v>827994</v>
+      </c>
       <c r="BP15" s="6"/>
       <c r="BQ15" s="6"/>
       <c r="BR15" s="6"/>
       <c r="BS15" s="6"/>
       <c r="BT15" s="6"/>
       <c r="BU15" s="6"/>
       <c r="BV15" s="6"/>
       <c r="BW15" s="6"/>
       <c r="BX15" s="6"/>
       <c r="BY15" s="6"/>
       <c r="BZ15" s="6"/>
       <c r="CA15" s="6"/>
       <c r="CB15" s="6"/>
       <c r="CC15" s="6"/>
       <c r="CD15" s="6"/>
       <c r="CE15" s="6"/>
       <c r="CF15" s="6"/>
       <c r="CG15" s="6"/>
       <c r="CH15" s="6"/>
       <c r="CI15" s="6"/>
       <c r="CJ15" s="6"/>
       <c r="CK15" s="6"/>
       <c r="CL15" s="6"/>
       <c r="CM15" s="6"/>
       <c r="CN15" s="6"/>
@@ -3240,116 +4286,240 @@
       <c r="DJ15" s="6"/>
       <c r="DK15" s="6"/>
       <c r="DL15" s="6"/>
       <c r="DM15" s="6"/>
       <c r="DN15" s="6"/>
       <c r="DO15" s="6"/>
       <c r="DP15" s="6"/>
       <c r="DQ15" s="6"/>
       <c r="DR15" s="6"/>
       <c r="DS15" s="6"/>
       <c r="DT15" s="6"/>
       <c r="DU15" s="6"/>
       <c r="DV15" s="6"/>
       <c r="DW15" s="6"/>
       <c r="DX15" s="6"/>
       <c r="DY15" s="6"/>
       <c r="DZ15" s="6"/>
       <c r="EA15" s="6"/>
       <c r="EB15" s="6"/>
       <c r="EC15" s="6"/>
     </row>
     <row r="16" spans="1:133">
       <c r="A16" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="6"/>
-[...55 lines deleted...]
-      <c r="BF16" s="6"/>
+      <c r="B16" s="6">
+        <v>8838</v>
+      </c>
+      <c r="C16" s="6">
+        <v>8305</v>
+      </c>
+      <c r="D16" s="6">
+        <v>17143</v>
+      </c>
+      <c r="E16" s="6">
+        <v>7593</v>
+      </c>
+      <c r="F16" s="6">
+        <v>7297</v>
+      </c>
+      <c r="G16" s="6">
+        <v>14890</v>
+      </c>
+      <c r="H16" s="6">
+        <v>8039</v>
+      </c>
+      <c r="I16" s="6">
+        <v>7301</v>
+      </c>
+      <c r="J16" s="6">
+        <v>15340</v>
+      </c>
+      <c r="K16" s="6">
+        <v>8350</v>
+      </c>
+      <c r="L16" s="6">
+        <v>7857</v>
+      </c>
+      <c r="M16" s="6">
+        <v>16207</v>
+      </c>
+      <c r="N16" s="6">
+        <v>8531</v>
+      </c>
+      <c r="O16" s="6">
+        <v>7785</v>
+      </c>
+      <c r="P16" s="6">
+        <v>16316</v>
+      </c>
+      <c r="Q16" s="6">
+        <v>8729</v>
+      </c>
+      <c r="R16" s="6">
+        <v>8090</v>
+      </c>
+      <c r="S16" s="6">
+        <v>16819</v>
+      </c>
+      <c r="T16" s="6">
+        <v>8325</v>
+      </c>
+      <c r="U16" s="6">
+        <v>7692</v>
+      </c>
+      <c r="V16" s="6">
+        <v>16017</v>
+      </c>
+      <c r="W16" s="6">
+        <v>6838</v>
+      </c>
+      <c r="X16" s="6">
+        <v>6784</v>
+      </c>
+      <c r="Y16" s="6">
+        <v>13622</v>
+      </c>
+      <c r="Z16" s="6">
+        <v>6316</v>
+      </c>
+      <c r="AA16" s="6">
+        <v>6083</v>
+      </c>
+      <c r="AB16" s="6">
+        <v>12399</v>
+      </c>
+      <c r="AC16" s="6">
+        <v>5448</v>
+      </c>
+      <c r="AD16" s="6">
+        <v>5383</v>
+      </c>
+      <c r="AE16" s="6">
+        <v>10831</v>
+      </c>
+      <c r="AF16" s="6">
+        <v>5078</v>
+      </c>
+      <c r="AG16" s="6">
+        <v>4972</v>
+      </c>
+      <c r="AH16" s="6">
+        <v>10050</v>
+      </c>
+      <c r="AI16" s="6">
+        <v>4530</v>
+      </c>
+      <c r="AJ16" s="6">
+        <v>3839</v>
+      </c>
+      <c r="AK16" s="6">
+        <v>8369</v>
+      </c>
+      <c r="AL16" s="6">
+        <v>3090</v>
+      </c>
+      <c r="AM16" s="6">
+        <v>2243</v>
+      </c>
+      <c r="AN16" s="6">
+        <v>5333</v>
+      </c>
+      <c r="AO16" s="6">
+        <v>1797</v>
+      </c>
+      <c r="AP16" s="6">
+        <v>1219</v>
+      </c>
+      <c r="AQ16" s="6">
+        <v>3016</v>
+      </c>
+      <c r="AR16" s="6">
+        <v>881</v>
+      </c>
+      <c r="AS16" s="6">
+        <v>598</v>
+      </c>
+      <c r="AT16" s="6">
+        <v>1479</v>
+      </c>
+      <c r="AU16" s="6">
+        <v>351</v>
+      </c>
+      <c r="AV16" s="6">
+        <v>345</v>
+      </c>
+      <c r="AW16" s="6">
+        <v>696</v>
+      </c>
+      <c r="AX16" s="6">
+        <v>147</v>
+      </c>
+      <c r="AY16" s="6">
+        <v>133</v>
+      </c>
+      <c r="AZ16" s="6">
+        <v>280</v>
+      </c>
+      <c r="BA16" s="6">
+        <v>52</v>
+      </c>
+      <c r="BB16" s="6">
+        <v>44</v>
+      </c>
+      <c r="BC16" s="6">
+        <v>96</v>
+      </c>
+      <c r="BD16" s="6">
+        <v>3</v>
+      </c>
+      <c r="BE16" s="6">
+        <v>10</v>
+      </c>
+      <c r="BF16" s="6">
+        <v>13</v>
+      </c>
       <c r="BG16" s="6"/>
-      <c r="BH16" s="6"/>
-      <c r="BI16" s="6"/>
+      <c r="BH16" s="6">
+        <v>1</v>
+      </c>
+      <c r="BI16" s="6">
+        <v>1</v>
+      </c>
       <c r="BJ16" s="6"/>
       <c r="BK16" s="6"/>
       <c r="BL16" s="6"/>
-      <c r="BM16" s="6"/>
-[...1 lines deleted...]
-      <c r="BO16" s="6"/>
+      <c r="BM16" s="6">
+        <v>92936</v>
+      </c>
+      <c r="BN16" s="6">
+        <v>85981</v>
+      </c>
+      <c r="BO16" s="6">
+        <v>178917</v>
+      </c>
       <c r="BP16" s="6"/>
       <c r="BQ16" s="6"/>
       <c r="BR16" s="6"/>
       <c r="BS16" s="6"/>
       <c r="BT16" s="6"/>
       <c r="BU16" s="6"/>
       <c r="BV16" s="6"/>
       <c r="BW16" s="6"/>
       <c r="BX16" s="6"/>
       <c r="BY16" s="6"/>
       <c r="BZ16" s="6"/>
       <c r="CA16" s="6"/>
       <c r="CB16" s="6"/>
       <c r="CC16" s="6"/>
       <c r="CD16" s="6"/>
       <c r="CE16" s="6"/>
       <c r="CF16" s="6"/>
       <c r="CG16" s="6"/>
       <c r="CH16" s="6"/>
       <c r="CI16" s="6"/>
       <c r="CJ16" s="6"/>
       <c r="CK16" s="6"/>
       <c r="CL16" s="6"/>
       <c r="CM16" s="6"/>
       <c r="CN16" s="6"/>
@@ -3377,116 +4547,242 @@
       <c r="DJ16" s="6"/>
       <c r="DK16" s="6"/>
       <c r="DL16" s="6"/>
       <c r="DM16" s="6"/>
       <c r="DN16" s="6"/>
       <c r="DO16" s="6"/>
       <c r="DP16" s="6"/>
       <c r="DQ16" s="6"/>
       <c r="DR16" s="6"/>
       <c r="DS16" s="6"/>
       <c r="DT16" s="6"/>
       <c r="DU16" s="6"/>
       <c r="DV16" s="6"/>
       <c r="DW16" s="6"/>
       <c r="DX16" s="6"/>
       <c r="DY16" s="6"/>
       <c r="DZ16" s="6"/>
       <c r="EA16" s="6"/>
       <c r="EB16" s="6"/>
       <c r="EC16" s="6"/>
     </row>
     <row r="17" spans="1:133">
       <c r="A17" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="6"/>
-[...58 lines deleted...]
-      <c r="BI17" s="6"/>
+      <c r="B17" s="6">
+        <v>161118</v>
+      </c>
+      <c r="C17" s="6">
+        <v>153666</v>
+      </c>
+      <c r="D17" s="6">
+        <v>314784</v>
+      </c>
+      <c r="E17" s="6">
+        <v>160936</v>
+      </c>
+      <c r="F17" s="6">
+        <v>153701</v>
+      </c>
+      <c r="G17" s="6">
+        <v>314637</v>
+      </c>
+      <c r="H17" s="6">
+        <v>171344</v>
+      </c>
+      <c r="I17" s="6">
+        <v>158824</v>
+      </c>
+      <c r="J17" s="6">
+        <v>330168</v>
+      </c>
+      <c r="K17" s="6">
+        <v>172970</v>
+      </c>
+      <c r="L17" s="6">
+        <v>159284</v>
+      </c>
+      <c r="M17" s="6">
+        <v>332254</v>
+      </c>
+      <c r="N17" s="6">
+        <v>172805</v>
+      </c>
+      <c r="O17" s="6">
+        <v>158922</v>
+      </c>
+      <c r="P17" s="6">
+        <v>331727</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>170143</v>
+      </c>
+      <c r="R17" s="6">
+        <v>156594</v>
+      </c>
+      <c r="S17" s="6">
+        <v>326737</v>
+      </c>
+      <c r="T17" s="6">
+        <v>168395</v>
+      </c>
+      <c r="U17" s="6">
+        <v>155799</v>
+      </c>
+      <c r="V17" s="6">
+        <v>324194</v>
+      </c>
+      <c r="W17" s="6">
+        <v>159272</v>
+      </c>
+      <c r="X17" s="6">
+        <v>147050</v>
+      </c>
+      <c r="Y17" s="6">
+        <v>306322</v>
+      </c>
+      <c r="Z17" s="6">
+        <v>149449</v>
+      </c>
+      <c r="AA17" s="6">
+        <v>137287</v>
+      </c>
+      <c r="AB17" s="6">
+        <v>286736</v>
+      </c>
+      <c r="AC17" s="6">
+        <v>131119</v>
+      </c>
+      <c r="AD17" s="6">
+        <v>119419</v>
+      </c>
+      <c r="AE17" s="6">
+        <v>250538</v>
+      </c>
+      <c r="AF17" s="6">
+        <v>108347</v>
+      </c>
+      <c r="AG17" s="6">
+        <v>96850</v>
+      </c>
+      <c r="AH17" s="6">
+        <v>205197</v>
+      </c>
+      <c r="AI17" s="6">
+        <v>85787</v>
+      </c>
+      <c r="AJ17" s="6">
+        <v>75728</v>
+      </c>
+      <c r="AK17" s="6">
+        <v>161515</v>
+      </c>
+      <c r="AL17" s="6">
+        <v>61171</v>
+      </c>
+      <c r="AM17" s="6">
+        <v>52827</v>
+      </c>
+      <c r="AN17" s="6">
+        <v>113998</v>
+      </c>
+      <c r="AO17" s="6">
+        <v>40830</v>
+      </c>
+      <c r="AP17" s="6">
+        <v>35088</v>
+      </c>
+      <c r="AQ17" s="6">
+        <v>75918</v>
+      </c>
+      <c r="AR17" s="6">
+        <v>25321</v>
+      </c>
+      <c r="AS17" s="6">
+        <v>22053</v>
+      </c>
+      <c r="AT17" s="6">
+        <v>47374</v>
+      </c>
+      <c r="AU17" s="6">
+        <v>13902</v>
+      </c>
+      <c r="AV17" s="6">
+        <v>12559</v>
+      </c>
+      <c r="AW17" s="6">
+        <v>26461</v>
+      </c>
+      <c r="AX17" s="6">
+        <v>6246</v>
+      </c>
+      <c r="AY17" s="6">
+        <v>6012</v>
+      </c>
+      <c r="AZ17" s="6">
+        <v>12258</v>
+      </c>
+      <c r="BA17" s="6">
+        <v>2022</v>
+      </c>
+      <c r="BB17" s="6">
+        <v>2162</v>
+      </c>
+      <c r="BC17" s="6">
+        <v>4184</v>
+      </c>
+      <c r="BD17" s="6">
+        <v>409</v>
+      </c>
+      <c r="BE17" s="6">
+        <v>509</v>
+      </c>
+      <c r="BF17" s="6">
+        <v>918</v>
+      </c>
+      <c r="BG17" s="6">
+        <v>48</v>
+      </c>
+      <c r="BH17" s="6">
+        <v>71</v>
+      </c>
+      <c r="BI17" s="6">
+        <v>119</v>
+      </c>
       <c r="BJ17" s="6"/>
       <c r="BK17" s="6"/>
       <c r="BL17" s="6"/>
-      <c r="BM17" s="6"/>
-[...1 lines deleted...]
-      <c r="BO17" s="6"/>
+      <c r="BM17" s="6">
+        <v>1961634</v>
+      </c>
+      <c r="BN17" s="6">
+        <v>1804405</v>
+      </c>
+      <c r="BO17" s="6">
+        <v>3766039</v>
+      </c>
       <c r="BP17" s="6"/>
       <c r="BQ17" s="6"/>
       <c r="BR17" s="6"/>
       <c r="BS17" s="6"/>
       <c r="BT17" s="6"/>
       <c r="BU17" s="6"/>
       <c r="BV17" s="6"/>
       <c r="BW17" s="6"/>
       <c r="BX17" s="6"/>
       <c r="BY17" s="6"/>
       <c r="BZ17" s="6"/>
       <c r="CA17" s="6"/>
       <c r="CB17" s="6"/>
       <c r="CC17" s="6"/>
       <c r="CD17" s="6"/>
       <c r="CE17" s="6"/>
       <c r="CF17" s="6"/>
       <c r="CG17" s="6"/>
       <c r="CH17" s="6"/>
       <c r="CI17" s="6"/>
       <c r="CJ17" s="6"/>
       <c r="CK17" s="6"/>
       <c r="CL17" s="6"/>
       <c r="CM17" s="6"/>
       <c r="CN17" s="6"/>