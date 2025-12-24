--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -1147,882 +1147,2282 @@
         <v>4</v>
       </c>
       <c r="AP6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="AQ6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="AR6" s="4" t="s">
         <v>9</v>
       </c>
       <c r="AS6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="AT6" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:46">
       <c r="A7" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="6">
         <v>9006</v>
       </c>
-      <c r="C7" s="6"/>
-[...2 lines deleted...]
-      <c r="F7" s="6"/>
+      <c r="C7" s="6">
+        <v>5961</v>
+      </c>
+      <c r="D7" s="6">
+        <v>28702</v>
+      </c>
+      <c r="E7" s="6">
+        <v>6212646</v>
+      </c>
+      <c r="F7" s="6">
+        <v>6256315</v>
+      </c>
       <c r="G7" s="6">
         <v>7302</v>
       </c>
-      <c r="H7" s="6"/>
-[...2 lines deleted...]
-      <c r="K7" s="6"/>
+      <c r="H7" s="6">
+        <v>3684</v>
+      </c>
+      <c r="I7" s="6">
+        <v>21306</v>
+      </c>
+      <c r="J7" s="6">
+        <v>5969846</v>
+      </c>
+      <c r="K7" s="6">
+        <v>6002138</v>
+      </c>
       <c r="L7" s="6">
         <v>16308</v>
       </c>
-      <c r="M7" s="6"/>
-[...2 lines deleted...]
-      <c r="P7" s="6"/>
+      <c r="M7" s="6">
+        <v>9645</v>
+      </c>
+      <c r="N7" s="6">
+        <v>50008</v>
+      </c>
+      <c r="O7" s="6">
+        <v>12182492</v>
+      </c>
+      <c r="P7" s="6">
+        <v>12258453</v>
+      </c>
       <c r="Q7" s="6">
         <v>4647</v>
       </c>
-      <c r="R7" s="6"/>
-[...2 lines deleted...]
-      <c r="U7" s="6"/>
+      <c r="R7" s="6">
+        <v>4803</v>
+      </c>
+      <c r="S7" s="6">
+        <v>25537</v>
+      </c>
+      <c r="T7" s="6">
+        <v>4950938</v>
+      </c>
+      <c r="U7" s="6">
+        <v>4985925</v>
+      </c>
       <c r="V7" s="6">
         <v>4280</v>
       </c>
-      <c r="W7" s="6"/>
-[...2 lines deleted...]
-      <c r="Z7" s="6"/>
+      <c r="W7" s="6">
+        <v>3843</v>
+      </c>
+      <c r="X7" s="6">
+        <v>20676</v>
+      </c>
+      <c r="Y7" s="6">
+        <v>4740591</v>
+      </c>
+      <c r="Z7" s="6">
+        <v>4769390</v>
+      </c>
       <c r="AA7" s="6">
         <v>8927</v>
       </c>
-      <c r="AB7" s="6"/>
-[...2 lines deleted...]
-      <c r="AE7" s="6"/>
+      <c r="AB7" s="6">
+        <v>8646</v>
+      </c>
+      <c r="AC7" s="6">
+        <v>46214</v>
+      </c>
+      <c r="AD7" s="6">
+        <v>9691529</v>
+      </c>
+      <c r="AE7" s="6">
+        <v>9755315</v>
+      </c>
       <c r="AF7" s="6">
         <v>13653</v>
       </c>
-      <c r="AG7" s="6"/>
-[...2 lines deleted...]
-      <c r="AJ7" s="6"/>
+      <c r="AG7" s="6">
+        <v>10763</v>
+      </c>
+      <c r="AH7" s="6">
+        <v>54239</v>
+      </c>
+      <c r="AI7" s="6">
+        <v>11163584</v>
+      </c>
+      <c r="AJ7" s="6">
+        <v>11242240</v>
+      </c>
       <c r="AK7" s="6">
         <v>11582</v>
       </c>
-      <c r="AL7" s="6"/>
-[...2 lines deleted...]
-      <c r="AO7" s="6"/>
+      <c r="AL7" s="6">
+        <v>7527</v>
+      </c>
+      <c r="AM7" s="6">
+        <v>41982</v>
+      </c>
+      <c r="AN7" s="6">
+        <v>10710437</v>
+      </c>
+      <c r="AO7" s="6">
+        <v>10771528</v>
+      </c>
       <c r="AP7" s="6">
         <v>25236</v>
       </c>
-      <c r="AQ7" s="6"/>
-[...2 lines deleted...]
-      <c r="AT7" s="6"/>
+      <c r="AQ7" s="6">
+        <v>18291</v>
+      </c>
+      <c r="AR7" s="6">
+        <v>96221</v>
+      </c>
+      <c r="AS7" s="6">
+        <v>21874021</v>
+      </c>
+      <c r="AT7" s="6">
+        <v>22013768</v>
+      </c>
     </row>
     <row r="8" spans="1:46">
       <c r="A8" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="6">
         <v>10513</v>
       </c>
-      <c r="C8" s="6"/>
-[...2 lines deleted...]
-      <c r="F8" s="6"/>
+      <c r="C8" s="6">
+        <v>7740</v>
+      </c>
+      <c r="D8" s="6">
+        <v>17404</v>
+      </c>
+      <c r="E8" s="6">
+        <v>6272329</v>
+      </c>
+      <c r="F8" s="6">
+        <v>6307987</v>
+      </c>
       <c r="G8" s="6">
         <v>6625</v>
       </c>
-      <c r="H8" s="6"/>
-[...2 lines deleted...]
-      <c r="K8" s="6"/>
+      <c r="H8" s="6">
+        <v>4456</v>
+      </c>
+      <c r="I8" s="6">
+        <v>13285</v>
+      </c>
+      <c r="J8" s="6">
+        <v>5949864</v>
+      </c>
+      <c r="K8" s="6">
+        <v>5974230</v>
+      </c>
       <c r="L8" s="6">
         <v>17138</v>
       </c>
-      <c r="M8" s="6"/>
-[...2 lines deleted...]
-      <c r="P8" s="6"/>
+      <c r="M8" s="6">
+        <v>12196</v>
+      </c>
+      <c r="N8" s="6">
+        <v>30689</v>
+      </c>
+      <c r="O8" s="6">
+        <v>12222193</v>
+      </c>
+      <c r="P8" s="6">
+        <v>12282216</v>
+      </c>
       <c r="Q8" s="6">
         <v>4965</v>
       </c>
-      <c r="R8" s="6"/>
-[...2 lines deleted...]
-      <c r="U8" s="6"/>
+      <c r="R8" s="6">
+        <v>4977</v>
+      </c>
+      <c r="S8" s="6">
+        <v>16128</v>
+      </c>
+      <c r="T8" s="6">
+        <v>5022188</v>
+      </c>
+      <c r="U8" s="6">
+        <v>5048258</v>
+      </c>
       <c r="V8" s="6">
         <v>4303</v>
       </c>
-      <c r="W8" s="6"/>
-[...2 lines deleted...]
-      <c r="Z8" s="6"/>
+      <c r="W8" s="6">
+        <v>3854</v>
+      </c>
+      <c r="X8" s="6">
+        <v>11534</v>
+      </c>
+      <c r="Y8" s="6">
+        <v>4738507</v>
+      </c>
+      <c r="Z8" s="6">
+        <v>4758198</v>
+      </c>
       <c r="AA8" s="6">
         <v>9268</v>
       </c>
-      <c r="AB8" s="6"/>
-[...2 lines deleted...]
-      <c r="AE8" s="6"/>
+      <c r="AB8" s="6">
+        <v>8831</v>
+      </c>
+      <c r="AC8" s="6">
+        <v>27663</v>
+      </c>
+      <c r="AD8" s="6">
+        <v>9760695</v>
+      </c>
+      <c r="AE8" s="6">
+        <v>9806457</v>
+      </c>
       <c r="AF8" s="6">
         <v>15478</v>
       </c>
-      <c r="AG8" s="6"/>
-[...2 lines deleted...]
-      <c r="AJ8" s="6"/>
+      <c r="AG8" s="6">
+        <v>12717</v>
+      </c>
+      <c r="AH8" s="6">
+        <v>33533</v>
+      </c>
+      <c r="AI8" s="6">
+        <v>11294517</v>
+      </c>
+      <c r="AJ8" s="6">
+        <v>11356245</v>
+      </c>
       <c r="AK8" s="6">
         <v>10928</v>
       </c>
-      <c r="AL8" s="6"/>
-[...2 lines deleted...]
-      <c r="AO8" s="6"/>
+      <c r="AL8" s="6">
+        <v>8311</v>
+      </c>
+      <c r="AM8" s="6">
+        <v>24819</v>
+      </c>
+      <c r="AN8" s="6">
+        <v>10688371</v>
+      </c>
+      <c r="AO8" s="6">
+        <v>10732428</v>
+      </c>
       <c r="AP8" s="6">
         <v>26406</v>
       </c>
-      <c r="AQ8" s="6"/>
-[...2 lines deleted...]
-      <c r="AT8" s="6"/>
+      <c r="AQ8" s="6">
+        <v>21028</v>
+      </c>
+      <c r="AR8" s="6">
+        <v>58352</v>
+      </c>
+      <c r="AS8" s="6">
+        <v>21982888</v>
+      </c>
+      <c r="AT8" s="6">
+        <v>22088673</v>
+      </c>
     </row>
     <row r="9" spans="1:46">
       <c r="A9" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="6">
         <v>9608</v>
       </c>
-      <c r="C9" s="6"/>
-[...2 lines deleted...]
-      <c r="F9" s="6"/>
+      <c r="C9" s="6">
+        <v>8022</v>
+      </c>
+      <c r="D9" s="6">
+        <v>15868</v>
+      </c>
+      <c r="E9" s="6">
+        <v>6315042</v>
+      </c>
+      <c r="F9" s="6">
+        <v>6348540</v>
+      </c>
       <c r="G9" s="6">
         <v>6981</v>
       </c>
-      <c r="H9" s="6"/>
-[...37 lines deleted...]
-      <c r="AT9" s="6"/>
+      <c r="H9" s="6">
+        <v>5331</v>
+      </c>
+      <c r="I9" s="6">
+        <v>12418</v>
+      </c>
+      <c r="J9" s="6">
+        <v>5967555</v>
+      </c>
+      <c r="K9" s="6">
+        <v>5992285</v>
+      </c>
+      <c r="L9" s="6">
+        <v>16589</v>
+      </c>
+      <c r="M9" s="6">
+        <v>13353</v>
+      </c>
+      <c r="N9" s="6">
+        <v>28286</v>
+      </c>
+      <c r="O9" s="6">
+        <v>12282597</v>
+      </c>
+      <c r="P9" s="6">
+        <v>12340825</v>
+      </c>
+      <c r="Q9" s="6">
+        <v>5783</v>
+      </c>
+      <c r="R9" s="6">
+        <v>5807</v>
+      </c>
+      <c r="S9" s="6">
+        <v>15678</v>
+      </c>
+      <c r="T9" s="6">
+        <v>5057137</v>
+      </c>
+      <c r="U9" s="6">
+        <v>5084405</v>
+      </c>
+      <c r="V9" s="6">
+        <v>5046</v>
+      </c>
+      <c r="W9" s="6">
+        <v>4117</v>
+      </c>
+      <c r="X9" s="6">
+        <v>11562</v>
+      </c>
+      <c r="Y9" s="6">
+        <v>4717573</v>
+      </c>
+      <c r="Z9" s="6">
+        <v>4738298</v>
+      </c>
+      <c r="AA9" s="6">
+        <v>10829</v>
+      </c>
+      <c r="AB9" s="6">
+        <v>9924</v>
+      </c>
+      <c r="AC9" s="6">
+        <v>27240</v>
+      </c>
+      <c r="AD9" s="6">
+        <v>9774710</v>
+      </c>
+      <c r="AE9" s="6">
+        <v>9822703</v>
+      </c>
+      <c r="AF9" s="6">
+        <v>15391</v>
+      </c>
+      <c r="AG9" s="6">
+        <v>13829</v>
+      </c>
+      <c r="AH9" s="6">
+        <v>31546</v>
+      </c>
+      <c r="AI9" s="6">
+        <v>11372179</v>
+      </c>
+      <c r="AJ9" s="6">
+        <v>11432945</v>
+      </c>
+      <c r="AK9" s="6">
+        <v>12027</v>
+      </c>
+      <c r="AL9" s="6">
+        <v>9448</v>
+      </c>
+      <c r="AM9" s="6">
+        <v>23980</v>
+      </c>
+      <c r="AN9" s="6">
+        <v>10685128</v>
+      </c>
+      <c r="AO9" s="6">
+        <v>10730583</v>
+      </c>
+      <c r="AP9" s="6">
+        <v>27418</v>
+      </c>
+      <c r="AQ9" s="6">
+        <v>23277</v>
+      </c>
+      <c r="AR9" s="6">
+        <v>55526</v>
+      </c>
+      <c r="AS9" s="6">
+        <v>22057307</v>
+      </c>
+      <c r="AT9" s="6">
+        <v>22163528</v>
+      </c>
     </row>
     <row r="10" spans="1:46">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="6"/>
-[...43 lines deleted...]
-      <c r="AT10" s="6"/>
+      <c r="B10" s="6">
+        <v>8893</v>
+      </c>
+      <c r="C10" s="6">
+        <v>8409</v>
+      </c>
+      <c r="D10" s="6">
+        <v>18903</v>
+      </c>
+      <c r="E10" s="6">
+        <v>6409594</v>
+      </c>
+      <c r="F10" s="6">
+        <v>6445799</v>
+      </c>
+      <c r="G10" s="6">
+        <v>7861</v>
+      </c>
+      <c r="H10" s="6">
+        <v>5464</v>
+      </c>
+      <c r="I10" s="6">
+        <v>14889</v>
+      </c>
+      <c r="J10" s="6">
+        <v>6128502</v>
+      </c>
+      <c r="K10" s="6">
+        <v>6156717</v>
+      </c>
+      <c r="L10" s="6">
+        <v>16754</v>
+      </c>
+      <c r="M10" s="6">
+        <v>13874</v>
+      </c>
+      <c r="N10" s="6">
+        <v>33792</v>
+      </c>
+      <c r="O10" s="6">
+        <v>12538097</v>
+      </c>
+      <c r="P10" s="6">
+        <v>12602516</v>
+      </c>
+      <c r="Q10" s="6">
+        <v>5986</v>
+      </c>
+      <c r="R10" s="6">
+        <v>7760</v>
+      </c>
+      <c r="S10" s="6">
+        <v>19383</v>
+      </c>
+      <c r="T10" s="6">
+        <v>5074173</v>
+      </c>
+      <c r="U10" s="6">
+        <v>5107302</v>
+      </c>
+      <c r="V10" s="6">
+        <v>5163</v>
+      </c>
+      <c r="W10" s="6">
+        <v>5301</v>
+      </c>
+      <c r="X10" s="6">
+        <v>14278</v>
+      </c>
+      <c r="Y10" s="6">
+        <v>4755868</v>
+      </c>
+      <c r="Z10" s="6">
+        <v>4780610</v>
+      </c>
+      <c r="AA10" s="6">
+        <v>11149</v>
+      </c>
+      <c r="AB10" s="6">
+        <v>13061</v>
+      </c>
+      <c r="AC10" s="6">
+        <v>33661</v>
+      </c>
+      <c r="AD10" s="6">
+        <v>9830041</v>
+      </c>
+      <c r="AE10" s="6">
+        <v>9887912</v>
+      </c>
+      <c r="AF10" s="6">
+        <v>14879</v>
+      </c>
+      <c r="AG10" s="6">
+        <v>16169</v>
+      </c>
+      <c r="AH10" s="6">
+        <v>38286</v>
+      </c>
+      <c r="AI10" s="6">
+        <v>11483767</v>
+      </c>
+      <c r="AJ10" s="6">
+        <v>11553101</v>
+      </c>
+      <c r="AK10" s="6">
+        <v>13024</v>
+      </c>
+      <c r="AL10" s="6">
+        <v>10765</v>
+      </c>
+      <c r="AM10" s="6">
+        <v>29168</v>
+      </c>
+      <c r="AN10" s="6">
+        <v>10884371</v>
+      </c>
+      <c r="AO10" s="6">
+        <v>10937327</v>
+      </c>
+      <c r="AP10" s="6">
+        <v>27902</v>
+      </c>
+      <c r="AQ10" s="6">
+        <v>26935</v>
+      </c>
+      <c r="AR10" s="6">
+        <v>67453</v>
+      </c>
+      <c r="AS10" s="6">
+        <v>22368138</v>
+      </c>
+      <c r="AT10" s="6">
+        <v>22490428</v>
+      </c>
     </row>
     <row r="11" spans="1:46">
       <c r="A11" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B11" s="6"/>
-[...43 lines deleted...]
-      <c r="AT11" s="6"/>
+      <c r="B11" s="6">
+        <v>11516</v>
+      </c>
+      <c r="C11" s="6">
+        <v>10366</v>
+      </c>
+      <c r="D11" s="6">
+        <v>21548</v>
+      </c>
+      <c r="E11" s="6">
+        <v>6432263</v>
+      </c>
+      <c r="F11" s="6">
+        <v>6475692</v>
+      </c>
+      <c r="G11" s="6">
+        <v>9269</v>
+      </c>
+      <c r="H11" s="6">
+        <v>5453</v>
+      </c>
+      <c r="I11" s="6">
+        <v>17161</v>
+      </c>
+      <c r="J11" s="6">
+        <v>6210274</v>
+      </c>
+      <c r="K11" s="6">
+        <v>6242157</v>
+      </c>
+      <c r="L11" s="6">
+        <v>20785</v>
+      </c>
+      <c r="M11" s="6">
+        <v>15818</v>
+      </c>
+      <c r="N11" s="6">
+        <v>38709</v>
+      </c>
+      <c r="O11" s="6">
+        <v>12642537</v>
+      </c>
+      <c r="P11" s="6">
+        <v>12717849</v>
+      </c>
+      <c r="Q11" s="6">
+        <v>5987</v>
+      </c>
+      <c r="R11" s="6">
+        <v>7486</v>
+      </c>
+      <c r="S11" s="6">
+        <v>20893</v>
+      </c>
+      <c r="T11" s="6">
+        <v>4975696</v>
+      </c>
+      <c r="U11" s="6">
+        <v>5010063</v>
+      </c>
+      <c r="V11" s="6">
+        <v>3431</v>
+      </c>
+      <c r="W11" s="6">
+        <v>5429</v>
+      </c>
+      <c r="X11" s="6">
+        <v>15393</v>
+      </c>
+      <c r="Y11" s="6">
+        <v>4711534</v>
+      </c>
+      <c r="Z11" s="6">
+        <v>4735788</v>
+      </c>
+      <c r="AA11" s="6">
+        <v>9418</v>
+      </c>
+      <c r="AB11" s="6">
+        <v>12915</v>
+      </c>
+      <c r="AC11" s="6">
+        <v>36286</v>
+      </c>
+      <c r="AD11" s="6">
+        <v>9687231</v>
+      </c>
+      <c r="AE11" s="6">
+        <v>9745851</v>
+      </c>
+      <c r="AF11" s="6">
+        <v>17503</v>
+      </c>
+      <c r="AG11" s="6">
+        <v>17851</v>
+      </c>
+      <c r="AH11" s="6">
+        <v>42441</v>
+      </c>
+      <c r="AI11" s="6">
+        <v>11407960</v>
+      </c>
+      <c r="AJ11" s="6">
+        <v>11485755</v>
+      </c>
+      <c r="AK11" s="6">
+        <v>12700</v>
+      </c>
+      <c r="AL11" s="6">
+        <v>10882</v>
+      </c>
+      <c r="AM11" s="6">
+        <v>32554</v>
+      </c>
+      <c r="AN11" s="6">
+        <v>10921809</v>
+      </c>
+      <c r="AO11" s="6">
+        <v>10977945</v>
+      </c>
+      <c r="AP11" s="6">
+        <v>30203</v>
+      </c>
+      <c r="AQ11" s="6">
+        <v>28733</v>
+      </c>
+      <c r="AR11" s="6">
+        <v>74996</v>
+      </c>
+      <c r="AS11" s="6">
+        <v>22329768</v>
+      </c>
+      <c r="AT11" s="6">
+        <v>22463700</v>
+      </c>
     </row>
     <row r="12" spans="1:46">
       <c r="A12" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B12" s="6"/>
-[...43 lines deleted...]
-      <c r="AT12" s="6"/>
+      <c r="B12" s="6">
+        <v>10342</v>
+      </c>
+      <c r="C12" s="6">
+        <v>10331</v>
+      </c>
+      <c r="D12" s="6">
+        <v>22819</v>
+      </c>
+      <c r="E12" s="6">
+        <v>6331246</v>
+      </c>
+      <c r="F12" s="6">
+        <v>6374738</v>
+      </c>
+      <c r="G12" s="6">
+        <v>8209</v>
+      </c>
+      <c r="H12" s="6">
+        <v>5782</v>
+      </c>
+      <c r="I12" s="6">
+        <v>16841</v>
+      </c>
+      <c r="J12" s="6">
+        <v>6159487</v>
+      </c>
+      <c r="K12" s="6">
+        <v>6190319</v>
+      </c>
+      <c r="L12" s="6">
+        <v>18551</v>
+      </c>
+      <c r="M12" s="6">
+        <v>16113</v>
+      </c>
+      <c r="N12" s="6">
+        <v>39660</v>
+      </c>
+      <c r="O12" s="6">
+        <v>12490733</v>
+      </c>
+      <c r="P12" s="6">
+        <v>12565056</v>
+      </c>
+      <c r="Q12" s="6">
+        <v>5198</v>
+      </c>
+      <c r="R12" s="6">
+        <v>8536</v>
+      </c>
+      <c r="S12" s="6">
+        <v>22273</v>
+      </c>
+      <c r="T12" s="6">
+        <v>4804692</v>
+      </c>
+      <c r="U12" s="6">
+        <v>4840699</v>
+      </c>
+      <c r="V12" s="6">
+        <v>4129</v>
+      </c>
+      <c r="W12" s="6">
+        <v>4872</v>
+      </c>
+      <c r="X12" s="6">
+        <v>18922</v>
+      </c>
+      <c r="Y12" s="6">
+        <v>4633155</v>
+      </c>
+      <c r="Z12" s="6">
+        <v>4661079</v>
+      </c>
+      <c r="AA12" s="6">
+        <v>9327</v>
+      </c>
+      <c r="AB12" s="6">
+        <v>13408</v>
+      </c>
+      <c r="AC12" s="6">
+        <v>41196</v>
+      </c>
+      <c r="AD12" s="6">
+        <v>9437848</v>
+      </c>
+      <c r="AE12" s="6">
+        <v>9501779</v>
+      </c>
+      <c r="AF12" s="6">
+        <v>15540</v>
+      </c>
+      <c r="AG12" s="6">
+        <v>18867</v>
+      </c>
+      <c r="AH12" s="6">
+        <v>45092</v>
+      </c>
+      <c r="AI12" s="6">
+        <v>11135938</v>
+      </c>
+      <c r="AJ12" s="6">
+        <v>11215437</v>
+      </c>
+      <c r="AK12" s="6">
+        <v>12338</v>
+      </c>
+      <c r="AL12" s="6">
+        <v>10654</v>
+      </c>
+      <c r="AM12" s="6">
+        <v>35763</v>
+      </c>
+      <c r="AN12" s="6">
+        <v>10792643</v>
+      </c>
+      <c r="AO12" s="6">
+        <v>10851398</v>
+      </c>
+      <c r="AP12" s="6">
+        <v>27878</v>
+      </c>
+      <c r="AQ12" s="6">
+        <v>29521</v>
+      </c>
+      <c r="AR12" s="6">
+        <v>80856</v>
+      </c>
+      <c r="AS12" s="6">
+        <v>21928581</v>
+      </c>
+      <c r="AT12" s="6">
+        <v>22066835</v>
+      </c>
     </row>
     <row r="13" spans="1:46">
       <c r="A13" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B13" s="6"/>
-[...43 lines deleted...]
-      <c r="AT13" s="6"/>
+      <c r="B13" s="6">
+        <v>9552</v>
+      </c>
+      <c r="C13" s="6">
+        <v>9345</v>
+      </c>
+      <c r="D13" s="6">
+        <v>26776</v>
+      </c>
+      <c r="E13" s="6">
+        <v>6106210</v>
+      </c>
+      <c r="F13" s="6">
+        <v>6151882</v>
+      </c>
+      <c r="G13" s="6">
+        <v>7285</v>
+      </c>
+      <c r="H13" s="6">
+        <v>5588</v>
+      </c>
+      <c r="I13" s="6">
+        <v>19392</v>
+      </c>
+      <c r="J13" s="6">
+        <v>6001827</v>
+      </c>
+      <c r="K13" s="6">
+        <v>6034093</v>
+      </c>
+      <c r="L13" s="6">
+        <v>16837</v>
+      </c>
+      <c r="M13" s="6">
+        <v>14933</v>
+      </c>
+      <c r="N13" s="6">
+        <v>46168</v>
+      </c>
+      <c r="O13" s="6">
+        <v>12108037</v>
+      </c>
+      <c r="P13" s="6">
+        <v>12185975</v>
+      </c>
+      <c r="Q13" s="6">
+        <v>4102</v>
+      </c>
+      <c r="R13" s="6">
+        <v>7361</v>
+      </c>
+      <c r="S13" s="6">
+        <v>25230</v>
+      </c>
+      <c r="T13" s="6">
+        <v>4554691</v>
+      </c>
+      <c r="U13" s="6">
+        <v>4591384</v>
+      </c>
+      <c r="V13" s="6">
+        <v>3778</v>
+      </c>
+      <c r="W13" s="6">
+        <v>4925</v>
+      </c>
+      <c r="X13" s="6">
+        <v>21261</v>
+      </c>
+      <c r="Y13" s="6">
+        <v>4440652</v>
+      </c>
+      <c r="Z13" s="6">
+        <v>4470615</v>
+      </c>
+      <c r="AA13" s="6">
+        <v>7880</v>
+      </c>
+      <c r="AB13" s="6">
+        <v>12286</v>
+      </c>
+      <c r="AC13" s="6">
+        <v>46491</v>
+      </c>
+      <c r="AD13" s="6">
+        <v>8995343</v>
+      </c>
+      <c r="AE13" s="6">
+        <v>9061999</v>
+      </c>
+      <c r="AF13" s="6">
+        <v>13654</v>
+      </c>
+      <c r="AG13" s="6">
+        <v>16706</v>
+      </c>
+      <c r="AH13" s="6">
+        <v>52005</v>
+      </c>
+      <c r="AI13" s="6">
+        <v>10660901</v>
+      </c>
+      <c r="AJ13" s="6">
+        <v>10743266</v>
+      </c>
+      <c r="AK13" s="6">
+        <v>11063</v>
+      </c>
+      <c r="AL13" s="6">
+        <v>10513</v>
+      </c>
+      <c r="AM13" s="6">
+        <v>40653</v>
+      </c>
+      <c r="AN13" s="6">
+        <v>10442479</v>
+      </c>
+      <c r="AO13" s="6">
+        <v>10504708</v>
+      </c>
+      <c r="AP13" s="6">
+        <v>24717</v>
+      </c>
+      <c r="AQ13" s="6">
+        <v>27219</v>
+      </c>
+      <c r="AR13" s="6">
+        <v>92659</v>
+      </c>
+      <c r="AS13" s="6">
+        <v>21103380</v>
+      </c>
+      <c r="AT13" s="6">
+        <v>21247974</v>
+      </c>
     </row>
     <row r="14" spans="1:46">
       <c r="A14" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B14" s="6"/>
-[...43 lines deleted...]
-      <c r="AT14" s="6"/>
+      <c r="B14" s="6">
+        <v>9083</v>
+      </c>
+      <c r="C14" s="6">
+        <v>7325</v>
+      </c>
+      <c r="D14" s="6">
+        <v>27793</v>
+      </c>
+      <c r="E14" s="6">
+        <v>5805094</v>
+      </c>
+      <c r="F14" s="6">
+        <v>5849296</v>
+      </c>
+      <c r="G14" s="6">
+        <v>6561</v>
+      </c>
+      <c r="H14" s="6">
+        <v>5117</v>
+      </c>
+      <c r="I14" s="6">
+        <v>24079</v>
+      </c>
+      <c r="J14" s="6">
+        <v>5767295</v>
+      </c>
+      <c r="K14" s="6">
+        <v>5803052</v>
+      </c>
+      <c r="L14" s="6">
+        <v>15645</v>
+      </c>
+      <c r="M14" s="6">
+        <v>12442</v>
+      </c>
+      <c r="N14" s="6">
+        <v>51872</v>
+      </c>
+      <c r="O14" s="6">
+        <v>11572389</v>
+      </c>
+      <c r="P14" s="6">
+        <v>11652348</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>4756</v>
+      </c>
+      <c r="R14" s="6">
+        <v>7099</v>
+      </c>
+      <c r="S14" s="6">
+        <v>26387</v>
+      </c>
+      <c r="T14" s="6">
+        <v>4319561</v>
+      </c>
+      <c r="U14" s="6">
+        <v>4357803</v>
+      </c>
+      <c r="V14" s="6">
+        <v>3076</v>
+      </c>
+      <c r="W14" s="6">
+        <v>5704</v>
+      </c>
+      <c r="X14" s="6">
+        <v>23118</v>
+      </c>
+      <c r="Y14" s="6">
+        <v>4253142</v>
+      </c>
+      <c r="Z14" s="6">
+        <v>4285040</v>
+      </c>
+      <c r="AA14" s="6">
+        <v>7832</v>
+      </c>
+      <c r="AB14" s="6">
+        <v>12803</v>
+      </c>
+      <c r="AC14" s="6">
+        <v>49505</v>
+      </c>
+      <c r="AD14" s="6">
+        <v>8572704</v>
+      </c>
+      <c r="AE14" s="6">
+        <v>8642843</v>
+      </c>
+      <c r="AF14" s="6">
+        <v>13839</v>
+      </c>
+      <c r="AG14" s="6">
+        <v>14424</v>
+      </c>
+      <c r="AH14" s="6">
+        <v>54180</v>
+      </c>
+      <c r="AI14" s="6">
+        <v>10124655</v>
+      </c>
+      <c r="AJ14" s="6">
+        <v>10207099</v>
+      </c>
+      <c r="AK14" s="6">
+        <v>9637</v>
+      </c>
+      <c r="AL14" s="6">
+        <v>10820</v>
+      </c>
+      <c r="AM14" s="6">
+        <v>47197</v>
+      </c>
+      <c r="AN14" s="6">
+        <v>10020438</v>
+      </c>
+      <c r="AO14" s="6">
+        <v>10088092</v>
+      </c>
+      <c r="AP14" s="6">
+        <v>23476</v>
+      </c>
+      <c r="AQ14" s="6">
+        <v>25245</v>
+      </c>
+      <c r="AR14" s="6">
+        <v>101377</v>
+      </c>
+      <c r="AS14" s="6">
+        <v>20145093</v>
+      </c>
+      <c r="AT14" s="6">
+        <v>20295191</v>
+      </c>
     </row>
     <row r="15" spans="1:46">
       <c r="A15" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B15" s="6"/>
-[...43 lines deleted...]
-      <c r="AT15" s="6"/>
+      <c r="B15" s="6">
+        <v>7037</v>
+      </c>
+      <c r="C15" s="6">
+        <v>7072</v>
+      </c>
+      <c r="D15" s="6">
+        <v>29750</v>
+      </c>
+      <c r="E15" s="6">
+        <v>5320612</v>
+      </c>
+      <c r="F15" s="6">
+        <v>5364470</v>
+      </c>
+      <c r="G15" s="6">
+        <v>5236</v>
+      </c>
+      <c r="H15" s="6">
+        <v>5087</v>
+      </c>
+      <c r="I15" s="6">
+        <v>29872</v>
+      </c>
+      <c r="J15" s="6">
+        <v>5336535</v>
+      </c>
+      <c r="K15" s="6">
+        <v>5376730</v>
+      </c>
+      <c r="L15" s="6">
+        <v>12272</v>
+      </c>
+      <c r="M15" s="6">
+        <v>12158</v>
+      </c>
+      <c r="N15" s="6">
+        <v>59622</v>
+      </c>
+      <c r="O15" s="6">
+        <v>10657147</v>
+      </c>
+      <c r="P15" s="6">
+        <v>10741200</v>
+      </c>
+      <c r="Q15" s="6">
+        <v>4134</v>
+      </c>
+      <c r="R15" s="6">
+        <v>4896</v>
+      </c>
+      <c r="S15" s="6">
+        <v>27976</v>
+      </c>
+      <c r="T15" s="6">
+        <v>3976992</v>
+      </c>
+      <c r="U15" s="6">
+        <v>4013998</v>
+      </c>
+      <c r="V15" s="6">
+        <v>3262</v>
+      </c>
+      <c r="W15" s="6">
+        <v>5003</v>
+      </c>
+      <c r="X15" s="6">
+        <v>33108</v>
+      </c>
+      <c r="Y15" s="6">
+        <v>3930672</v>
+      </c>
+      <c r="Z15" s="6">
+        <v>3972044</v>
+      </c>
+      <c r="AA15" s="6">
+        <v>7396</v>
+      </c>
+      <c r="AB15" s="6">
+        <v>9898</v>
+      </c>
+      <c r="AC15" s="6">
+        <v>61083</v>
+      </c>
+      <c r="AD15" s="6">
+        <v>7907665</v>
+      </c>
+      <c r="AE15" s="6">
+        <v>7986042</v>
+      </c>
+      <c r="AF15" s="6">
+        <v>11171</v>
+      </c>
+      <c r="AG15" s="6">
+        <v>11967</v>
+      </c>
+      <c r="AH15" s="6">
+        <v>57726</v>
+      </c>
+      <c r="AI15" s="6">
+        <v>9297604</v>
+      </c>
+      <c r="AJ15" s="6">
+        <v>9378468</v>
+      </c>
+      <c r="AK15" s="6">
+        <v>8497</v>
+      </c>
+      <c r="AL15" s="6">
+        <v>10089</v>
+      </c>
+      <c r="AM15" s="6">
+        <v>62980</v>
+      </c>
+      <c r="AN15" s="6">
+        <v>9267208</v>
+      </c>
+      <c r="AO15" s="6">
+        <v>9348774</v>
+      </c>
+      <c r="AP15" s="6">
+        <v>19668</v>
+      </c>
+      <c r="AQ15" s="6">
+        <v>22057</v>
+      </c>
+      <c r="AR15" s="6">
+        <v>120705</v>
+      </c>
+      <c r="AS15" s="6">
+        <v>18564812</v>
+      </c>
+      <c r="AT15" s="6">
+        <v>18727242</v>
+      </c>
     </row>
     <row r="16" spans="1:46">
       <c r="A16" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B16" s="6"/>
-[...43 lines deleted...]
-      <c r="AT16" s="6"/>
+      <c r="B16" s="6">
+        <v>5896</v>
+      </c>
+      <c r="C16" s="6">
+        <v>6371</v>
+      </c>
+      <c r="D16" s="6">
+        <v>39326</v>
+      </c>
+      <c r="E16" s="6">
+        <v>4645389</v>
+      </c>
+      <c r="F16" s="6">
+        <v>4696982</v>
+      </c>
+      <c r="G16" s="6">
+        <v>5058</v>
+      </c>
+      <c r="H16" s="6">
+        <v>6130</v>
+      </c>
+      <c r="I16" s="6">
+        <v>46794</v>
+      </c>
+      <c r="J16" s="6">
+        <v>4671664</v>
+      </c>
+      <c r="K16" s="6">
+        <v>4729646</v>
+      </c>
+      <c r="L16" s="6">
+        <v>10955</v>
+      </c>
+      <c r="M16" s="6">
+        <v>12500</v>
+      </c>
+      <c r="N16" s="6">
+        <v>86120</v>
+      </c>
+      <c r="O16" s="6">
+        <v>9317053</v>
+      </c>
+      <c r="P16" s="6">
+        <v>9426628</v>
+      </c>
+      <c r="Q16" s="6">
+        <v>3148</v>
+      </c>
+      <c r="R16" s="6">
+        <v>5163</v>
+      </c>
+      <c r="S16" s="6">
+        <v>35659</v>
+      </c>
+      <c r="T16" s="6">
+        <v>3499762</v>
+      </c>
+      <c r="U16" s="6">
+        <v>3543732</v>
+      </c>
+      <c r="V16" s="6">
+        <v>2735</v>
+      </c>
+      <c r="W16" s="6">
+        <v>4740</v>
+      </c>
+      <c r="X16" s="6">
+        <v>50225</v>
+      </c>
+      <c r="Y16" s="6">
+        <v>3472220</v>
+      </c>
+      <c r="Z16" s="6">
+        <v>3529920</v>
+      </c>
+      <c r="AA16" s="6">
+        <v>5884</v>
+      </c>
+      <c r="AB16" s="6">
+        <v>9902</v>
+      </c>
+      <c r="AC16" s="6">
+        <v>85884</v>
+      </c>
+      <c r="AD16" s="6">
+        <v>6971983</v>
+      </c>
+      <c r="AE16" s="6">
+        <v>7073652</v>
+      </c>
+      <c r="AF16" s="6">
+        <v>9045</v>
+      </c>
+      <c r="AG16" s="6">
+        <v>11533</v>
+      </c>
+      <c r="AH16" s="6">
+        <v>74985</v>
+      </c>
+      <c r="AI16" s="6">
+        <v>8145151</v>
+      </c>
+      <c r="AJ16" s="6">
+        <v>8240714</v>
+      </c>
+      <c r="AK16" s="6">
+        <v>7793</v>
+      </c>
+      <c r="AL16" s="6">
+        <v>10869</v>
+      </c>
+      <c r="AM16" s="6">
+        <v>97019</v>
+      </c>
+      <c r="AN16" s="6">
+        <v>8143884</v>
+      </c>
+      <c r="AO16" s="6">
+        <v>8259566</v>
+      </c>
+      <c r="AP16" s="6">
+        <v>16838</v>
+      </c>
+      <c r="AQ16" s="6">
+        <v>22403</v>
+      </c>
+      <c r="AR16" s="6">
+        <v>172003</v>
+      </c>
+      <c r="AS16" s="6">
+        <v>16289036</v>
+      </c>
+      <c r="AT16" s="6">
+        <v>16500280</v>
+      </c>
     </row>
     <row r="17" spans="1:46">
       <c r="A17" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B17" s="6"/>
-[...43 lines deleted...]
-      <c r="AT17" s="6"/>
+      <c r="B17" s="6">
+        <v>4366</v>
+      </c>
+      <c r="C17" s="6">
+        <v>6370</v>
+      </c>
+      <c r="D17" s="6">
+        <v>50474</v>
+      </c>
+      <c r="E17" s="6">
+        <v>3871963</v>
+      </c>
+      <c r="F17" s="6">
+        <v>3933173</v>
+      </c>
+      <c r="G17" s="6">
+        <v>4620</v>
+      </c>
+      <c r="H17" s="6">
+        <v>6663</v>
+      </c>
+      <c r="I17" s="6">
+        <v>74517</v>
+      </c>
+      <c r="J17" s="6">
+        <v>3912495</v>
+      </c>
+      <c r="K17" s="6">
+        <v>3998294</v>
+      </c>
+      <c r="L17" s="6">
+        <v>8985</v>
+      </c>
+      <c r="M17" s="6">
+        <v>13033</v>
+      </c>
+      <c r="N17" s="6">
+        <v>124991</v>
+      </c>
+      <c r="O17" s="6">
+        <v>7784457</v>
+      </c>
+      <c r="P17" s="6">
+        <v>7931467</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>2512</v>
+      </c>
+      <c r="R17" s="6">
+        <v>4689</v>
+      </c>
+      <c r="S17" s="6">
+        <v>50129</v>
+      </c>
+      <c r="T17" s="6">
+        <v>2954513</v>
+      </c>
+      <c r="U17" s="6">
+        <v>3011843</v>
+      </c>
+      <c r="V17" s="6">
+        <v>2386</v>
+      </c>
+      <c r="W17" s="6">
+        <v>6870</v>
+      </c>
+      <c r="X17" s="6">
+        <v>71414</v>
+      </c>
+      <c r="Y17" s="6">
+        <v>2937236</v>
+      </c>
+      <c r="Z17" s="6">
+        <v>3017905</v>
+      </c>
+      <c r="AA17" s="6">
+        <v>4898</v>
+      </c>
+      <c r="AB17" s="6">
+        <v>11559</v>
+      </c>
+      <c r="AC17" s="6">
+        <v>121542</v>
+      </c>
+      <c r="AD17" s="6">
+        <v>5891749</v>
+      </c>
+      <c r="AE17" s="6">
+        <v>6029748</v>
+      </c>
+      <c r="AF17" s="6">
+        <v>6877</v>
+      </c>
+      <c r="AG17" s="6">
+        <v>11060</v>
+      </c>
+      <c r="AH17" s="6">
+        <v>100603</v>
+      </c>
+      <c r="AI17" s="6">
+        <v>6826476</v>
+      </c>
+      <c r="AJ17" s="6">
+        <v>6945016</v>
+      </c>
+      <c r="AK17" s="6">
+        <v>7006</v>
+      </c>
+      <c r="AL17" s="6">
+        <v>13532</v>
+      </c>
+      <c r="AM17" s="6">
+        <v>145931</v>
+      </c>
+      <c r="AN17" s="6">
+        <v>6849730</v>
+      </c>
+      <c r="AO17" s="6">
+        <v>7016199</v>
+      </c>
+      <c r="AP17" s="6">
+        <v>13883</v>
+      </c>
+      <c r="AQ17" s="6">
+        <v>24592</v>
+      </c>
+      <c r="AR17" s="6">
+        <v>246534</v>
+      </c>
+      <c r="AS17" s="6">
+        <v>13676206</v>
+      </c>
+      <c r="AT17" s="6">
+        <v>13961215</v>
+      </c>
     </row>
     <row r="18" spans="1:46">
       <c r="A18" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B18" s="6"/>
-[...43 lines deleted...]
-      <c r="AT18" s="6"/>
+      <c r="B18" s="6">
+        <v>3851</v>
+      </c>
+      <c r="C18" s="6">
+        <v>8579</v>
+      </c>
+      <c r="D18" s="6">
+        <v>79570</v>
+      </c>
+      <c r="E18" s="6">
+        <v>2984339</v>
+      </c>
+      <c r="F18" s="6">
+        <v>3076338</v>
+      </c>
+      <c r="G18" s="6">
+        <v>3666</v>
+      </c>
+      <c r="H18" s="6">
+        <v>9417</v>
+      </c>
+      <c r="I18" s="6">
+        <v>110721</v>
+      </c>
+      <c r="J18" s="6">
+        <v>3019452</v>
+      </c>
+      <c r="K18" s="6">
+        <v>3143255</v>
+      </c>
+      <c r="L18" s="6">
+        <v>7517</v>
+      </c>
+      <c r="M18" s="6">
+        <v>17995</v>
+      </c>
+      <c r="N18" s="6">
+        <v>190290</v>
+      </c>
+      <c r="O18" s="6">
+        <v>6003791</v>
+      </c>
+      <c r="P18" s="6">
+        <v>6219593</v>
+      </c>
+      <c r="Q18" s="6">
+        <v>3045</v>
+      </c>
+      <c r="R18" s="6">
+        <v>6433</v>
+      </c>
+      <c r="S18" s="6">
+        <v>65223</v>
+      </c>
+      <c r="T18" s="6">
+        <v>2334912</v>
+      </c>
+      <c r="U18" s="6">
+        <v>2409613</v>
+      </c>
+      <c r="V18" s="6">
+        <v>2837</v>
+      </c>
+      <c r="W18" s="6">
+        <v>8414</v>
+      </c>
+      <c r="X18" s="6">
+        <v>102345</v>
+      </c>
+      <c r="Y18" s="6">
+        <v>2318723</v>
+      </c>
+      <c r="Z18" s="6">
+        <v>2432318</v>
+      </c>
+      <c r="AA18" s="6">
+        <v>5882</v>
+      </c>
+      <c r="AB18" s="6">
+        <v>14847</v>
+      </c>
+      <c r="AC18" s="6">
+        <v>167567</v>
+      </c>
+      <c r="AD18" s="6">
+        <v>4653634</v>
+      </c>
+      <c r="AE18" s="6">
+        <v>4841931</v>
+      </c>
+      <c r="AF18" s="6">
+        <v>6896</v>
+      </c>
+      <c r="AG18" s="6">
+        <v>15011</v>
+      </c>
+      <c r="AH18" s="6">
+        <v>144792</v>
+      </c>
+      <c r="AI18" s="6">
+        <v>5319251</v>
+      </c>
+      <c r="AJ18" s="6">
+        <v>5485951</v>
+      </c>
+      <c r="AK18" s="6">
+        <v>6502</v>
+      </c>
+      <c r="AL18" s="6">
+        <v>17831</v>
+      </c>
+      <c r="AM18" s="6">
+        <v>213065</v>
+      </c>
+      <c r="AN18" s="6">
+        <v>5338174</v>
+      </c>
+      <c r="AO18" s="6">
+        <v>5575573</v>
+      </c>
+      <c r="AP18" s="6">
+        <v>13398</v>
+      </c>
+      <c r="AQ18" s="6">
+        <v>32842</v>
+      </c>
+      <c r="AR18" s="6">
+        <v>357857</v>
+      </c>
+      <c r="AS18" s="6">
+        <v>10657426</v>
+      </c>
+      <c r="AT18" s="6">
+        <v>11061524</v>
+      </c>
     </row>
     <row r="19" spans="1:46">
       <c r="A19" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B19" s="6"/>
-[...43 lines deleted...]
-      <c r="AT19" s="6"/>
+      <c r="B19" s="6">
+        <v>3003</v>
+      </c>
+      <c r="C19" s="6">
+        <v>10386</v>
+      </c>
+      <c r="D19" s="6">
+        <v>99081</v>
+      </c>
+      <c r="E19" s="6">
+        <v>2134371</v>
+      </c>
+      <c r="F19" s="6">
+        <v>2246840</v>
+      </c>
+      <c r="G19" s="6">
+        <v>3839</v>
+      </c>
+      <c r="H19" s="6">
+        <v>12357</v>
+      </c>
+      <c r="I19" s="6">
+        <v>142874</v>
+      </c>
+      <c r="J19" s="6">
+        <v>2177024</v>
+      </c>
+      <c r="K19" s="6">
+        <v>2336094</v>
+      </c>
+      <c r="L19" s="6">
+        <v>6842</v>
+      </c>
+      <c r="M19" s="6">
+        <v>22743</v>
+      </c>
+      <c r="N19" s="6">
+        <v>241955</v>
+      </c>
+      <c r="O19" s="6">
+        <v>4311394</v>
+      </c>
+      <c r="P19" s="6">
+        <v>4582935</v>
+      </c>
+      <c r="Q19" s="6">
+        <v>2243</v>
+      </c>
+      <c r="R19" s="6">
+        <v>8178</v>
+      </c>
+      <c r="S19" s="6">
+        <v>74769</v>
+      </c>
+      <c r="T19" s="6">
+        <v>1703876</v>
+      </c>
+      <c r="U19" s="6">
+        <v>1789067</v>
+      </c>
+      <c r="V19" s="6">
+        <v>2941</v>
+      </c>
+      <c r="W19" s="6">
+        <v>12480</v>
+      </c>
+      <c r="X19" s="6">
+        <v>116363</v>
+      </c>
+      <c r="Y19" s="6">
+        <v>1695504</v>
+      </c>
+      <c r="Z19" s="6">
+        <v>1827289</v>
+      </c>
+      <c r="AA19" s="6">
+        <v>5185</v>
+      </c>
+      <c r="AB19" s="6">
+        <v>20659</v>
+      </c>
+      <c r="AC19" s="6">
+        <v>191132</v>
+      </c>
+      <c r="AD19" s="6">
+        <v>3399380</v>
+      </c>
+      <c r="AE19" s="6">
+        <v>3616355</v>
+      </c>
+      <c r="AF19" s="6">
+        <v>5246</v>
+      </c>
+      <c r="AG19" s="6">
+        <v>18564</v>
+      </c>
+      <c r="AH19" s="6">
+        <v>173850</v>
+      </c>
+      <c r="AI19" s="6">
+        <v>3838247</v>
+      </c>
+      <c r="AJ19" s="6">
+        <v>4035907</v>
+      </c>
+      <c r="AK19" s="6">
+        <v>6781</v>
+      </c>
+      <c r="AL19" s="6">
+        <v>24838</v>
+      </c>
+      <c r="AM19" s="6">
+        <v>259237</v>
+      </c>
+      <c r="AN19" s="6">
+        <v>3872528</v>
+      </c>
+      <c r="AO19" s="6">
+        <v>4163383</v>
+      </c>
+      <c r="AP19" s="6">
+        <v>12027</v>
+      </c>
+      <c r="AQ19" s="6">
+        <v>43402</v>
+      </c>
+      <c r="AR19" s="6">
+        <v>433087</v>
+      </c>
+      <c r="AS19" s="6">
+        <v>7710775</v>
+      </c>
+      <c r="AT19" s="6">
+        <v>8199290</v>
+      </c>
     </row>
     <row r="20" spans="1:46">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B20" s="6"/>
-[...43 lines deleted...]
-      <c r="AT20" s="6"/>
+      <c r="B20" s="6">
+        <v>2717</v>
+      </c>
+      <c r="C20" s="6">
+        <v>12842</v>
+      </c>
+      <c r="D20" s="6">
+        <v>114947</v>
+      </c>
+      <c r="E20" s="6">
+        <v>1236221</v>
+      </c>
+      <c r="F20" s="6">
+        <v>1366727</v>
+      </c>
+      <c r="G20" s="6">
+        <v>4487</v>
+      </c>
+      <c r="H20" s="6">
+        <v>19423</v>
+      </c>
+      <c r="I20" s="6">
+        <v>176805</v>
+      </c>
+      <c r="J20" s="6">
+        <v>1293788</v>
+      </c>
+      <c r="K20" s="6">
+        <v>1494503</v>
+      </c>
+      <c r="L20" s="6">
+        <v>7204</v>
+      </c>
+      <c r="M20" s="6">
+        <v>32265</v>
+      </c>
+      <c r="N20" s="6">
+        <v>291752</v>
+      </c>
+      <c r="O20" s="6">
+        <v>2530009</v>
+      </c>
+      <c r="P20" s="6">
+        <v>2861231</v>
+      </c>
+      <c r="Q20" s="6">
+        <v>2355</v>
+      </c>
+      <c r="R20" s="6">
+        <v>10199</v>
+      </c>
+      <c r="S20" s="6">
+        <v>89969</v>
+      </c>
+      <c r="T20" s="6">
+        <v>1061134</v>
+      </c>
+      <c r="U20" s="6">
+        <v>1163658</v>
+      </c>
+      <c r="V20" s="6">
+        <v>3350</v>
+      </c>
+      <c r="W20" s="6">
+        <v>17250</v>
+      </c>
+      <c r="X20" s="6">
+        <v>146317</v>
+      </c>
+      <c r="Y20" s="6">
+        <v>1077861</v>
+      </c>
+      <c r="Z20" s="6">
+        <v>1244779</v>
+      </c>
+      <c r="AA20" s="6">
+        <v>5705</v>
+      </c>
+      <c r="AB20" s="6">
+        <v>27449</v>
+      </c>
+      <c r="AC20" s="6">
+        <v>236287</v>
+      </c>
+      <c r="AD20" s="6">
+        <v>2138995</v>
+      </c>
+      <c r="AE20" s="6">
+        <v>2408436</v>
+      </c>
+      <c r="AF20" s="6">
+        <v>5072</v>
+      </c>
+      <c r="AG20" s="6">
+        <v>23041</v>
+      </c>
+      <c r="AH20" s="6">
+        <v>204917</v>
+      </c>
+      <c r="AI20" s="6">
+        <v>2297355</v>
+      </c>
+      <c r="AJ20" s="6">
+        <v>2530385</v>
+      </c>
+      <c r="AK20" s="6">
+        <v>7837</v>
+      </c>
+      <c r="AL20" s="6">
+        <v>36673</v>
+      </c>
+      <c r="AM20" s="6">
+        <v>323123</v>
+      </c>
+      <c r="AN20" s="6">
+        <v>2371649</v>
+      </c>
+      <c r="AO20" s="6">
+        <v>2739282</v>
+      </c>
+      <c r="AP20" s="6">
+        <v>12909</v>
+      </c>
+      <c r="AQ20" s="6">
+        <v>59714</v>
+      </c>
+      <c r="AR20" s="6">
+        <v>528039</v>
+      </c>
+      <c r="AS20" s="6">
+        <v>4669004</v>
+      </c>
+      <c r="AT20" s="6">
+        <v>5269667</v>
+      </c>
     </row>
     <row r="21" spans="1:46">
       <c r="A21" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B21" s="6"/>
-[...43 lines deleted...]
-      <c r="AT21" s="6"/>
+      <c r="B21" s="6">
+        <v>7076</v>
+      </c>
+      <c r="C21" s="6">
+        <v>36089</v>
+      </c>
+      <c r="D21" s="6">
+        <v>207008</v>
+      </c>
+      <c r="E21" s="6">
+        <v>929359</v>
+      </c>
+      <c r="F21" s="6">
+        <v>1179531</v>
+      </c>
+      <c r="G21" s="6">
+        <v>15003</v>
+      </c>
+      <c r="H21" s="6">
+        <v>71134</v>
+      </c>
+      <c r="I21" s="6">
+        <v>362447</v>
+      </c>
+      <c r="J21" s="6">
+        <v>1114829</v>
+      </c>
+      <c r="K21" s="6">
+        <v>1563413</v>
+      </c>
+      <c r="L21" s="6">
+        <v>22079</v>
+      </c>
+      <c r="M21" s="6">
+        <v>107223</v>
+      </c>
+      <c r="N21" s="6">
+        <v>569455</v>
+      </c>
+      <c r="O21" s="6">
+        <v>2044187</v>
+      </c>
+      <c r="P21" s="6">
+        <v>2742944</v>
+      </c>
+      <c r="Q21" s="6">
+        <v>4148</v>
+      </c>
+      <c r="R21" s="6">
+        <v>27487</v>
+      </c>
+      <c r="S21" s="6">
+        <v>184168</v>
+      </c>
+      <c r="T21" s="6">
+        <v>837580</v>
+      </c>
+      <c r="U21" s="6">
+        <v>1053383</v>
+      </c>
+      <c r="V21" s="6">
+        <v>10668</v>
+      </c>
+      <c r="W21" s="6">
+        <v>58028</v>
+      </c>
+      <c r="X21" s="6">
+        <v>294037</v>
+      </c>
+      <c r="Y21" s="6">
+        <v>970974</v>
+      </c>
+      <c r="Z21" s="6">
+        <v>1333706</v>
+      </c>
+      <c r="AA21" s="6">
+        <v>14816</v>
+      </c>
+      <c r="AB21" s="6">
+        <v>85515</v>
+      </c>
+      <c r="AC21" s="6">
+        <v>478204</v>
+      </c>
+      <c r="AD21" s="6">
+        <v>1808554</v>
+      </c>
+      <c r="AE21" s="6">
+        <v>2387089</v>
+      </c>
+      <c r="AF21" s="6">
+        <v>11224</v>
+      </c>
+      <c r="AG21" s="6">
+        <v>63576</v>
+      </c>
+      <c r="AH21" s="6">
+        <v>391175</v>
+      </c>
+      <c r="AI21" s="6">
+        <v>1766939</v>
+      </c>
+      <c r="AJ21" s="6">
+        <v>2232914</v>
+      </c>
+      <c r="AK21" s="6">
+        <v>25671</v>
+      </c>
+      <c r="AL21" s="6">
+        <v>129161</v>
+      </c>
+      <c r="AM21" s="6">
+        <v>656484</v>
+      </c>
+      <c r="AN21" s="6">
+        <v>2085803</v>
+      </c>
+      <c r="AO21" s="6">
+        <v>2897119</v>
+      </c>
+      <c r="AP21" s="6">
+        <v>36895</v>
+      </c>
+      <c r="AQ21" s="6">
+        <v>192738</v>
+      </c>
+      <c r="AR21" s="6">
+        <v>1047659</v>
+      </c>
+      <c r="AS21" s="6">
+        <v>3852741</v>
+      </c>
+      <c r="AT21" s="6">
+        <v>5130033</v>
+      </c>
     </row>
     <row r="22" spans="1:46">
       <c r="A22" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="B22" s="6"/>
-[...43 lines deleted...]
-      <c r="AT22" s="6"/>
+      <c r="B22" s="6">
+        <v>112458</v>
+      </c>
+      <c r="C22" s="6">
+        <v>155206</v>
+      </c>
+      <c r="D22" s="6">
+        <v>799968</v>
+      </c>
+      <c r="E22" s="6">
+        <v>71006678</v>
+      </c>
+      <c r="F22" s="6">
+        <v>72074311</v>
+      </c>
+      <c r="G22" s="6">
+        <v>102002</v>
+      </c>
+      <c r="H22" s="6">
+        <v>171085</v>
+      </c>
+      <c r="I22" s="6">
+        <v>1083401</v>
+      </c>
+      <c r="J22" s="6">
+        <v>69680436</v>
+      </c>
+      <c r="K22" s="6">
+        <v>71036925</v>
+      </c>
+      <c r="L22" s="6">
+        <v>214460</v>
+      </c>
+      <c r="M22" s="6">
+        <v>326291</v>
+      </c>
+      <c r="N22" s="6">
+        <v>1883370</v>
+      </c>
+      <c r="O22" s="6">
+        <v>140687114</v>
+      </c>
+      <c r="P22" s="6">
+        <v>143111236</v>
+      </c>
+      <c r="Q22" s="6">
+        <v>63009</v>
+      </c>
+      <c r="R22" s="6">
+        <v>120873</v>
+      </c>
+      <c r="S22" s="6">
+        <v>699402</v>
+      </c>
+      <c r="T22" s="6">
+        <v>55127847</v>
+      </c>
+      <c r="U22" s="6">
+        <v>56011132</v>
+      </c>
+      <c r="V22" s="6">
+        <v>61385</v>
+      </c>
+      <c r="W22" s="6">
+        <v>150830</v>
+      </c>
+      <c r="X22" s="6">
+        <v>950553</v>
+      </c>
+      <c r="Y22" s="6">
+        <v>53394213</v>
+      </c>
+      <c r="Z22" s="6">
+        <v>54556980</v>
+      </c>
+      <c r="AA22" s="6">
+        <v>124394</v>
+      </c>
+      <c r="AB22" s="6">
+        <v>271703</v>
+      </c>
+      <c r="AC22" s="6">
+        <v>1649955</v>
+      </c>
+      <c r="AD22" s="6">
+        <v>108522060</v>
+      </c>
+      <c r="AE22" s="6">
+        <v>110568112</v>
+      </c>
+      <c r="AF22" s="6">
+        <v>175467</v>
+      </c>
+      <c r="AG22" s="6">
+        <v>276080</v>
+      </c>
+      <c r="AH22" s="6">
+        <v>1499371</v>
+      </c>
+      <c r="AI22" s="6">
+        <v>126134525</v>
+      </c>
+      <c r="AJ22" s="6">
+        <v>128085443</v>
+      </c>
+      <c r="AK22" s="6">
+        <v>163387</v>
+      </c>
+      <c r="AL22" s="6">
+        <v>321915</v>
+      </c>
+      <c r="AM22" s="6">
+        <v>2033954</v>
+      </c>
+      <c r="AN22" s="6">
+        <v>123074649</v>
+      </c>
+      <c r="AO22" s="6">
+        <v>125593905</v>
+      </c>
+      <c r="AP22" s="6">
+        <v>338854</v>
+      </c>
+      <c r="AQ22" s="6">
+        <v>597994</v>
+      </c>
+      <c r="AR22" s="6">
+        <v>3533325</v>
+      </c>
+      <c r="AS22" s="6">
+        <v>249209174</v>
+      </c>
+      <c r="AT22" s="6">
+        <v>253679348</v>
+      </c>
     </row>
     <row r="26" spans="1:46">
       <c r="A26" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="10"/>
       <c r="F26" s="10"/>
       <c r="G26" s="10"/>
       <c r="H26" s="10"/>
       <c r="I26" s="1"/>
     </row>
     <row r="27" spans="1:46">
       <c r="A27" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="10"/>
       <c r="E27" s="10"/>
       <c r="F27" s="10"/>