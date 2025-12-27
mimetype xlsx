--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
-    <t>, , 2023</t>
+    <t>, , Tahun 2023</t>
   </si>
   <si>
     <t>Nama Provinsi</t>
   </si>
   <si>
     <t>&lt;15</t>
   </si>
   <si>
     <t>15-24</t>
   </si>
   <si>
     <t>25-34</t>
   </si>
   <si>
     <t>35-44</t>
   </si>
   <si>
     <t>45-54</t>
   </si>
   <si>
     <t>55-64</t>
   </si>
   <si>
     <t>&gt;=65</t>
   </si>
@@ -763,554 +763,1176 @@
         <v>3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="6"/>
-[...6 lines deleted...]
-      <c r="I5" s="6"/>
+      <c r="B5" s="6">
+        <v>2</v>
+      </c>
+      <c r="C5" s="6">
+        <v>6900</v>
+      </c>
+      <c r="D5" s="6">
+        <v>92444</v>
+      </c>
+      <c r="E5" s="6">
+        <v>201528</v>
+      </c>
+      <c r="F5" s="6">
+        <v>224172</v>
+      </c>
+      <c r="G5" s="6">
+        <v>162170</v>
+      </c>
+      <c r="H5" s="6">
+        <v>100724</v>
+      </c>
+      <c r="I5" s="6">
+        <v>787940</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B6" s="6"/>
-[...6 lines deleted...]
-      <c r="I6" s="6"/>
+      <c r="B6" s="6">
+        <v>13</v>
+      </c>
+      <c r="C6" s="6">
+        <v>12577</v>
+      </c>
+      <c r="D6" s="6">
+        <v>161512</v>
+      </c>
+      <c r="E6" s="6">
+        <v>371910</v>
+      </c>
+      <c r="F6" s="6">
+        <v>402367</v>
+      </c>
+      <c r="G6" s="6">
+        <v>330822</v>
+      </c>
+      <c r="H6" s="6">
+        <v>209563</v>
+      </c>
+      <c r="I6" s="6">
+        <v>1488764</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B7" s="6"/>
-[...6 lines deleted...]
-      <c r="I7" s="6"/>
+      <c r="B7" s="6">
+        <v>5</v>
+      </c>
+      <c r="C7" s="6">
+        <v>4303</v>
+      </c>
+      <c r="D7" s="6">
+        <v>62230</v>
+      </c>
+      <c r="E7" s="6">
+        <v>166697</v>
+      </c>
+      <c r="F7" s="6">
+        <v>199545</v>
+      </c>
+      <c r="G7" s="6">
+        <v>165925</v>
+      </c>
+      <c r="H7" s="6">
+        <v>125687</v>
+      </c>
+      <c r="I7" s="6">
+        <v>724392</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="6"/>
-[...6 lines deleted...]
-      <c r="I8" s="6"/>
+      <c r="B8" s="6">
+        <v>2</v>
+      </c>
+      <c r="C8" s="6">
+        <v>5467</v>
+      </c>
+      <c r="D8" s="6">
+        <v>80097</v>
+      </c>
+      <c r="E8" s="6">
+        <v>192560</v>
+      </c>
+      <c r="F8" s="6">
+        <v>205847</v>
+      </c>
+      <c r="G8" s="6">
+        <v>144371</v>
+      </c>
+      <c r="H8" s="6">
+        <v>77686</v>
+      </c>
+      <c r="I8" s="6">
+        <v>706030</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B9" s="6"/>
-[...6 lines deleted...]
-      <c r="I9" s="6"/>
+      <c r="B9" s="6">
+        <v>1</v>
+      </c>
+      <c r="C9" s="6">
+        <v>5517</v>
+      </c>
+      <c r="D9" s="6">
+        <v>65339</v>
+      </c>
+      <c r="E9" s="6">
+        <v>147684</v>
+      </c>
+      <c r="F9" s="6">
+        <v>150293</v>
+      </c>
+      <c r="G9" s="6">
+        <v>105556</v>
+      </c>
+      <c r="H9" s="6">
+        <v>61367</v>
+      </c>
+      <c r="I9" s="6">
+        <v>535757</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B10" s="6"/>
-[...3 lines deleted...]
-      <c r="F10" s="6"/>
+      <c r="B10" s="6">
+        <v>3</v>
+      </c>
+      <c r="C10" s="6">
+        <v>15917</v>
+      </c>
+      <c r="D10" s="6">
+        <v>155345</v>
+      </c>
+      <c r="E10" s="6">
+        <v>320492</v>
+      </c>
+      <c r="F10" s="6">
+        <v>314708</v>
+      </c>
       <c r="G10" s="6">
         <v>220857</v>
       </c>
-      <c r="H10" s="6"/>
-      <c r="I10" s="6"/>
+      <c r="H10" s="6">
+        <v>133921</v>
+      </c>
+      <c r="I10" s="6">
+        <v>1161243</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="6"/>
-[...6 lines deleted...]
-      <c r="I11" s="6"/>
+      <c r="B11" s="6">
+        <v>0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>3544</v>
+      </c>
+      <c r="D11" s="6">
+        <v>40762</v>
+      </c>
+      <c r="E11" s="6">
+        <v>87750</v>
+      </c>
+      <c r="F11" s="6">
+        <v>88522</v>
+      </c>
+      <c r="G11" s="6">
+        <v>63058</v>
+      </c>
+      <c r="H11" s="6">
+        <v>35493</v>
+      </c>
+      <c r="I11" s="6">
+        <v>319129</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="6"/>
-[...6 lines deleted...]
-      <c r="I12" s="6"/>
+      <c r="B12" s="6">
+        <v>2</v>
+      </c>
+      <c r="C12" s="6">
+        <v>9688</v>
+      </c>
+      <c r="D12" s="6">
+        <v>146440</v>
+      </c>
+      <c r="E12" s="6">
+        <v>334808</v>
+      </c>
+      <c r="F12" s="6">
+        <v>371358</v>
+      </c>
+      <c r="G12" s="6">
+        <v>278527</v>
+      </c>
+      <c r="H12" s="6">
+        <v>191354</v>
+      </c>
+      <c r="I12" s="6">
+        <v>1332177</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B13" s="6"/>
-[...6 lines deleted...]
-      <c r="I13" s="6"/>
+      <c r="B13" s="6">
+        <v>0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>1578</v>
+      </c>
+      <c r="D13" s="6">
+        <v>19693</v>
+      </c>
+      <c r="E13" s="6">
+        <v>46733</v>
+      </c>
+      <c r="F13" s="6">
+        <v>43043</v>
+      </c>
+      <c r="G13" s="6">
+        <v>29822</v>
+      </c>
+      <c r="H13" s="6">
+        <v>16439</v>
+      </c>
+      <c r="I13" s="6">
+        <v>157308</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B14" s="6"/>
-[...6 lines deleted...]
-      <c r="I14" s="6"/>
+      <c r="B14" s="6">
+        <v>0</v>
+      </c>
+      <c r="C14" s="6">
+        <v>506</v>
+      </c>
+      <c r="D14" s="6">
+        <v>7070</v>
+      </c>
+      <c r="E14" s="6">
+        <v>20347</v>
+      </c>
+      <c r="F14" s="6">
+        <v>24245</v>
+      </c>
+      <c r="G14" s="6">
+        <v>16303</v>
+      </c>
+      <c r="H14" s="6">
+        <v>9262</v>
+      </c>
+      <c r="I14" s="6">
+        <v>77733</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B15" s="6"/>
-[...6 lines deleted...]
-      <c r="I15" s="6"/>
+      <c r="B15" s="6">
+        <v>0</v>
+      </c>
+      <c r="C15" s="6">
+        <v>68</v>
+      </c>
+      <c r="D15" s="6">
+        <v>991</v>
+      </c>
+      <c r="E15" s="6">
+        <v>2710</v>
+      </c>
+      <c r="F15" s="6">
+        <v>3997</v>
+      </c>
+      <c r="G15" s="6">
+        <v>3568</v>
+      </c>
+      <c r="H15" s="6">
+        <v>1813</v>
+      </c>
+      <c r="I15" s="6">
+        <v>13147</v>
+      </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B16" s="6"/>
-[...6 lines deleted...]
-      <c r="I16" s="6"/>
+      <c r="B16" s="6">
+        <v>2</v>
+      </c>
+      <c r="C16" s="6">
+        <v>20319</v>
+      </c>
+      <c r="D16" s="6">
+        <v>249957</v>
+      </c>
+      <c r="E16" s="6">
+        <v>588283</v>
+      </c>
+      <c r="F16" s="6">
+        <v>883262</v>
+      </c>
+      <c r="G16" s="6">
+        <v>853938</v>
+      </c>
+      <c r="H16" s="6">
+        <v>654106</v>
+      </c>
+      <c r="I16" s="6">
+        <v>3249867</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B17" s="6"/>
-[...6 lines deleted...]
-      <c r="I17" s="6"/>
+      <c r="B17" s="6">
+        <v>0</v>
+      </c>
+      <c r="C17" s="6">
+        <v>11666</v>
+      </c>
+      <c r="D17" s="6">
+        <v>249686</v>
+      </c>
+      <c r="E17" s="6">
+        <v>749094</v>
+      </c>
+      <c r="F17" s="6">
+        <v>1115806</v>
+      </c>
+      <c r="G17" s="6">
+        <v>1184284</v>
+      </c>
+      <c r="H17" s="6">
+        <v>907350</v>
+      </c>
+      <c r="I17" s="6">
+        <v>4217886</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B18" s="6"/>
-[...6 lines deleted...]
-      <c r="I18" s="6"/>
+      <c r="B18" s="6">
+        <v>0</v>
+      </c>
+      <c r="C18" s="6">
+        <v>610</v>
+      </c>
+      <c r="D18" s="6">
+        <v>14050</v>
+      </c>
+      <c r="E18" s="6">
+        <v>55638</v>
+      </c>
+      <c r="F18" s="6">
+        <v>106529</v>
+      </c>
+      <c r="G18" s="6">
+        <v>122477</v>
+      </c>
+      <c r="H18" s="6">
+        <v>117862</v>
+      </c>
+      <c r="I18" s="6">
+        <v>417166</v>
+      </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B19" s="6"/>
-[...6 lines deleted...]
-      <c r="I19" s="6"/>
+      <c r="B19" s="6">
+        <v>4</v>
+      </c>
+      <c r="C19" s="6">
+        <v>38844</v>
+      </c>
+      <c r="D19" s="6">
+        <v>421921</v>
+      </c>
+      <c r="E19" s="6">
+        <v>1025771</v>
+      </c>
+      <c r="F19" s="6">
+        <v>1476639</v>
+      </c>
+      <c r="G19" s="6">
+        <v>1446862</v>
+      </c>
+      <c r="H19" s="6">
+        <v>1121653</v>
+      </c>
+      <c r="I19" s="6">
+        <v>5531694</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B20" s="6"/>
-[...6 lines deleted...]
-      <c r="I20" s="6"/>
+      <c r="B20" s="6">
+        <v>0</v>
+      </c>
+      <c r="C20" s="6">
+        <v>2681</v>
+      </c>
+      <c r="D20" s="6">
+        <v>46905</v>
+      </c>
+      <c r="E20" s="6">
+        <v>127867</v>
+      </c>
+      <c r="F20" s="6">
+        <v>175607</v>
+      </c>
+      <c r="G20" s="6">
+        <v>156689</v>
+      </c>
+      <c r="H20" s="6">
+        <v>91843</v>
+      </c>
+      <c r="I20" s="6">
+        <v>601592</v>
+      </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B21" s="6"/>
-[...6 lines deleted...]
-      <c r="I21" s="6"/>
+      <c r="B21" s="6">
+        <v>0</v>
+      </c>
+      <c r="C21" s="6">
+        <v>2158</v>
+      </c>
+      <c r="D21" s="6">
+        <v>27228</v>
+      </c>
+      <c r="E21" s="6">
+        <v>70947</v>
+      </c>
+      <c r="F21" s="6">
+        <v>112070</v>
+      </c>
+      <c r="G21" s="6">
+        <v>88515</v>
+      </c>
+      <c r="H21" s="6">
+        <v>64262</v>
+      </c>
+      <c r="I21" s="6">
+        <v>365180</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="B22" s="6"/>
-[...6 lines deleted...]
-      <c r="I22" s="6"/>
+      <c r="B22" s="6">
+        <v>6</v>
+      </c>
+      <c r="C22" s="6">
+        <v>15957</v>
+      </c>
+      <c r="D22" s="6">
+        <v>109088</v>
+      </c>
+      <c r="E22" s="6">
+        <v>197021</v>
+      </c>
+      <c r="F22" s="6">
+        <v>208660</v>
+      </c>
+      <c r="G22" s="6">
+        <v>140911</v>
+      </c>
+      <c r="H22" s="6">
+        <v>84504</v>
+      </c>
+      <c r="I22" s="6">
+        <v>756147</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B23" s="6"/>
-[...6 lines deleted...]
-      <c r="I23" s="6"/>
+      <c r="B23" s="6">
+        <v>14</v>
+      </c>
+      <c r="C23" s="6">
+        <v>9397</v>
+      </c>
+      <c r="D23" s="6">
+        <v>99656</v>
+      </c>
+      <c r="E23" s="6">
+        <v>208735</v>
+      </c>
+      <c r="F23" s="6">
+        <v>227654</v>
+      </c>
+      <c r="G23" s="6">
+        <v>190991</v>
+      </c>
+      <c r="H23" s="6">
+        <v>136637</v>
+      </c>
+      <c r="I23" s="6">
+        <v>873084</v>
+      </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B24" s="6"/>
-[...6 lines deleted...]
-      <c r="I24" s="6"/>
+      <c r="B24" s="6">
+        <v>3</v>
+      </c>
+      <c r="C24" s="6">
+        <v>8361</v>
+      </c>
+      <c r="D24" s="6">
+        <v>87322</v>
+      </c>
+      <c r="E24" s="6">
+        <v>194912</v>
+      </c>
+      <c r="F24" s="6">
+        <v>199577</v>
+      </c>
+      <c r="G24" s="6">
+        <v>135301</v>
+      </c>
+      <c r="H24" s="6">
+        <v>75372</v>
+      </c>
+      <c r="I24" s="6">
+        <v>700848</v>
+      </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B25" s="6"/>
-[...6 lines deleted...]
-      <c r="I25" s="6"/>
+      <c r="B25" s="6">
+        <v>1</v>
+      </c>
+      <c r="C25" s="6">
+        <v>3704</v>
+      </c>
+      <c r="D25" s="6">
+        <v>35965</v>
+      </c>
+      <c r="E25" s="6">
+        <v>79792</v>
+      </c>
+      <c r="F25" s="6">
+        <v>87171</v>
+      </c>
+      <c r="G25" s="6">
+        <v>59832</v>
+      </c>
+      <c r="H25" s="6">
+        <v>32453</v>
+      </c>
+      <c r="I25" s="6">
+        <v>298918</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B26" s="6"/>
-[...6 lines deleted...]
-      <c r="I26" s="6"/>
+      <c r="B26" s="6">
+        <v>0</v>
+      </c>
+      <c r="C26" s="6">
+        <v>4543</v>
+      </c>
+      <c r="D26" s="6">
+        <v>48021</v>
+      </c>
+      <c r="E26" s="6">
+        <v>112752</v>
+      </c>
+      <c r="F26" s="6">
+        <v>139050</v>
+      </c>
+      <c r="G26" s="6">
+        <v>104553</v>
+      </c>
+      <c r="H26" s="6">
+        <v>54349</v>
+      </c>
+      <c r="I26" s="6">
+        <v>463268</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B27" s="6"/>
-[...6 lines deleted...]
-      <c r="I27" s="6"/>
+      <c r="B27" s="6">
+        <v>0</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1910</v>
+      </c>
+      <c r="D27" s="6">
+        <v>19013</v>
+      </c>
+      <c r="E27" s="6">
+        <v>50757</v>
+      </c>
+      <c r="F27" s="6">
+        <v>62543</v>
+      </c>
+      <c r="G27" s="6">
+        <v>47080</v>
+      </c>
+      <c r="H27" s="6">
+        <v>24616</v>
+      </c>
+      <c r="I27" s="6">
+        <v>205919</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B28" s="6"/>
-[...6 lines deleted...]
-      <c r="I28" s="6"/>
+      <c r="B28" s="6">
+        <v>0</v>
+      </c>
+      <c r="C28" s="6">
+        <v>861</v>
+      </c>
+      <c r="D28" s="6">
+        <v>6889</v>
+      </c>
+      <c r="E28" s="6">
+        <v>15625</v>
+      </c>
+      <c r="F28" s="6">
+        <v>17991</v>
+      </c>
+      <c r="G28" s="6">
+        <v>11439</v>
+      </c>
+      <c r="H28" s="6">
+        <v>6024</v>
+      </c>
+      <c r="I28" s="6">
+        <v>58829</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B29" s="6"/>
-[...6 lines deleted...]
-      <c r="I29" s="6"/>
+      <c r="B29" s="6">
+        <v>0</v>
+      </c>
+      <c r="C29" s="6">
+        <v>2042</v>
+      </c>
+      <c r="D29" s="6">
+        <v>21289</v>
+      </c>
+      <c r="E29" s="6">
+        <v>49040</v>
+      </c>
+      <c r="F29" s="6">
+        <v>77980</v>
+      </c>
+      <c r="G29" s="6">
+        <v>65090</v>
+      </c>
+      <c r="H29" s="6">
+        <v>46631</v>
+      </c>
+      <c r="I29" s="6">
+        <v>262072</v>
+      </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B30" s="6"/>
-[...6 lines deleted...]
-      <c r="I30" s="6"/>
+      <c r="B30" s="6">
+        <v>0</v>
+      </c>
+      <c r="C30" s="6">
+        <v>6411</v>
+      </c>
+      <c r="D30" s="6">
+        <v>49792</v>
+      </c>
+      <c r="E30" s="6">
+        <v>110457</v>
+      </c>
+      <c r="F30" s="6">
+        <v>127157</v>
+      </c>
+      <c r="G30" s="6">
+        <v>86366</v>
+      </c>
+      <c r="H30" s="6">
+        <v>50127</v>
+      </c>
+      <c r="I30" s="6">
+        <v>430310</v>
+      </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="B31" s="6"/>
-[...6 lines deleted...]
-      <c r="I31" s="6"/>
+      <c r="B31" s="6">
+        <v>6</v>
+      </c>
+      <c r="C31" s="6">
+        <v>10212</v>
+      </c>
+      <c r="D31" s="6">
+        <v>98455</v>
+      </c>
+      <c r="E31" s="6">
+        <v>243187</v>
+      </c>
+      <c r="F31" s="6">
+        <v>316114</v>
+      </c>
+      <c r="G31" s="6">
+        <v>222123</v>
+      </c>
+      <c r="H31" s="6">
+        <v>148613</v>
+      </c>
+      <c r="I31" s="6">
+        <v>1038710</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="B32" s="6"/>
-[...6 lines deleted...]
-      <c r="I32" s="6"/>
+      <c r="B32" s="6">
+        <v>5</v>
+      </c>
+      <c r="C32" s="6">
+        <v>3043</v>
+      </c>
+      <c r="D32" s="6">
+        <v>35842</v>
+      </c>
+      <c r="E32" s="6">
+        <v>86529</v>
+      </c>
+      <c r="F32" s="6">
+        <v>96756</v>
+      </c>
+      <c r="G32" s="6">
+        <v>65410</v>
+      </c>
+      <c r="H32" s="6">
+        <v>41950</v>
+      </c>
+      <c r="I32" s="6">
+        <v>329535</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B33" s="6"/>
-[...6 lines deleted...]
-      <c r="I33" s="6"/>
+      <c r="B33" s="6">
+        <v>1</v>
+      </c>
+      <c r="C33" s="6">
+        <v>2181</v>
+      </c>
+      <c r="D33" s="6">
+        <v>18516</v>
+      </c>
+      <c r="E33" s="6">
+        <v>33539</v>
+      </c>
+      <c r="F33" s="6">
+        <v>42037</v>
+      </c>
+      <c r="G33" s="6">
+        <v>28366</v>
+      </c>
+      <c r="H33" s="6">
+        <v>15010</v>
+      </c>
+      <c r="I33" s="6">
+        <v>139650</v>
+      </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B34" s="6"/>
-[...6 lines deleted...]
-      <c r="I34" s="6"/>
+      <c r="B34" s="6">
+        <v>1</v>
+      </c>
+      <c r="C34" s="6">
+        <v>2770</v>
+      </c>
+      <c r="D34" s="6">
+        <v>23554</v>
+      </c>
+      <c r="E34" s="6">
+        <v>49329</v>
+      </c>
+      <c r="F34" s="6">
+        <v>58144</v>
+      </c>
+      <c r="G34" s="6">
+        <v>36580</v>
+      </c>
+      <c r="H34" s="6">
+        <v>22804</v>
+      </c>
+      <c r="I34" s="6">
+        <v>193182</v>
+      </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="B35" s="6"/>
-[...6 lines deleted...]
-      <c r="I35" s="6"/>
+      <c r="B35" s="6">
+        <v>0</v>
+      </c>
+      <c r="C35" s="6">
+        <v>2558</v>
+      </c>
+      <c r="D35" s="6">
+        <v>23685</v>
+      </c>
+      <c r="E35" s="6">
+        <v>49917</v>
+      </c>
+      <c r="F35" s="6">
+        <v>51707</v>
+      </c>
+      <c r="G35" s="6">
+        <v>39499</v>
+      </c>
+      <c r="H35" s="6">
+        <v>26990</v>
+      </c>
+      <c r="I35" s="6">
+        <v>194356</v>
+      </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="B36" s="6"/>
-[...6 lines deleted...]
-      <c r="I36" s="6"/>
+      <c r="B36" s="6">
+        <v>0</v>
+      </c>
+      <c r="C36" s="6">
+        <v>1469</v>
+      </c>
+      <c r="D36" s="6">
+        <v>16428</v>
+      </c>
+      <c r="E36" s="6">
+        <v>39645</v>
+      </c>
+      <c r="F36" s="6">
+        <v>42105</v>
+      </c>
+      <c r="G36" s="6">
+        <v>28268</v>
+      </c>
+      <c r="H36" s="6">
+        <v>17286</v>
+      </c>
+      <c r="I36" s="6">
+        <v>145201</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="B37" s="6"/>
-[...6 lines deleted...]
-      <c r="I37" s="6"/>
+      <c r="B37" s="6">
+        <v>1</v>
+      </c>
+      <c r="C37" s="6">
+        <v>1585</v>
+      </c>
+      <c r="D37" s="6">
+        <v>9190</v>
+      </c>
+      <c r="E37" s="6">
+        <v>13345</v>
+      </c>
+      <c r="F37" s="6">
+        <v>11419</v>
+      </c>
+      <c r="G37" s="6">
+        <v>7782</v>
+      </c>
+      <c r="H37" s="6">
+        <v>3803</v>
+      </c>
+      <c r="I37" s="6">
+        <v>47125</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B38" s="6"/>
-[...6 lines deleted...]
-      <c r="I38" s="6"/>
+      <c r="B38" s="6">
+        <v>0</v>
+      </c>
+      <c r="C38" s="6">
+        <v>488</v>
+      </c>
+      <c r="D38" s="6">
+        <v>4646</v>
+      </c>
+      <c r="E38" s="6">
+        <v>8325</v>
+      </c>
+      <c r="F38" s="6">
+        <v>8483</v>
+      </c>
+      <c r="G38" s="6">
+        <v>6242</v>
+      </c>
+      <c r="H38" s="6">
+        <v>3409</v>
+      </c>
+      <c r="I38" s="6">
+        <v>31593</v>
+      </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="B39" s="6"/>
-[...6 lines deleted...]
-      <c r="I39" s="6"/>
+      <c r="B39" s="6">
+        <v>0</v>
+      </c>
+      <c r="C39" s="6">
+        <v>1123</v>
+      </c>
+      <c r="D39" s="6">
+        <v>10432</v>
+      </c>
+      <c r="E39" s="6">
+        <v>18965</v>
+      </c>
+      <c r="F39" s="6">
+        <v>18454</v>
+      </c>
+      <c r="G39" s="6">
+        <v>14502</v>
+      </c>
+      <c r="H39" s="6">
+        <v>7732</v>
+      </c>
+      <c r="I39" s="6">
+        <v>71208</v>
+      </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B40" s="6"/>
-[...6 lines deleted...]
-      <c r="I40" s="6"/>
+      <c r="B40" s="6">
+        <v>0</v>
+      </c>
+      <c r="C40" s="6">
+        <v>2732</v>
+      </c>
+      <c r="D40" s="6">
+        <v>13896</v>
+      </c>
+      <c r="E40" s="6">
+        <v>19652</v>
+      </c>
+      <c r="F40" s="6">
+        <v>15759</v>
+      </c>
+      <c r="G40" s="6">
+        <v>9309</v>
+      </c>
+      <c r="H40" s="6">
+        <v>4495</v>
+      </c>
+      <c r="I40" s="6">
+        <v>65843</v>
+      </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="B41" s="6"/>
-[...6 lines deleted...]
-      <c r="I41" s="6"/>
+      <c r="B41" s="6">
+        <v>0</v>
+      </c>
+      <c r="C41" s="6">
+        <v>8192</v>
+      </c>
+      <c r="D41" s="6">
+        <v>44699</v>
+      </c>
+      <c r="E41" s="6">
+        <v>65388</v>
+      </c>
+      <c r="F41" s="6">
+        <v>54010</v>
+      </c>
+      <c r="G41" s="6">
+        <v>23460</v>
+      </c>
+      <c r="H41" s="6">
+        <v>8685</v>
+      </c>
+      <c r="I41" s="6">
+        <v>204434</v>
+      </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B42" s="6"/>
-[...6 lines deleted...]
-      <c r="I42" s="6"/>
+      <c r="B42" s="6">
+        <v>5</v>
+      </c>
+      <c r="C42" s="6">
+        <v>6213</v>
+      </c>
+      <c r="D42" s="6">
+        <v>48343</v>
+      </c>
+      <c r="E42" s="6">
+        <v>70987</v>
+      </c>
+      <c r="F42" s="6">
+        <v>58046</v>
+      </c>
+      <c r="G42" s="6">
+        <v>29818</v>
+      </c>
+      <c r="H42" s="6">
+        <v>7733</v>
+      </c>
+      <c r="I42" s="6">
+        <v>221145</v>
+      </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B43" s="6"/>
-[...6 lines deleted...]
-      <c r="I43" s="6"/>
+      <c r="B43" s="6">
+        <v>77</v>
+      </c>
+      <c r="C43" s="6">
+        <v>238095</v>
+      </c>
+      <c r="D43" s="6">
+        <v>2666391</v>
+      </c>
+      <c r="E43" s="6">
+        <v>6228718</v>
+      </c>
+      <c r="F43" s="6">
+        <v>7818827</v>
+      </c>
+      <c r="G43" s="6">
+        <v>6726666</v>
+      </c>
+      <c r="H43" s="6">
+        <v>4739608</v>
+      </c>
+      <c r="I43" s="6">
+        <v>28418382</v>
+      </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="8" t="s">
         <v>49</v>
       </c>
       <c r="B47" s="10"/>
       <c r="C47" s="10"/>
       <c r="D47" s="10"/>
       <c r="E47" s="10"/>
       <c r="F47" s="10"/>
       <c r="G47" s="10"/>
       <c r="H47" s="10"/>
       <c r="I47" s="1"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C48" s="10"/>
       <c r="D48" s="10"/>
       <c r="E48" s="10"/>
       <c r="F48" s="10"/>