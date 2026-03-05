--- v1 (2025-12-27)
+++ v2 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
-    <t>, , Tahun 2023</t>
+    <t>, , 2023</t>
   </si>
   <si>
     <t>Nama Provinsi</t>
   </si>
   <si>
     <t>&lt;15</t>
   </si>
   <si>
     <t>15-24</t>
   </si>
   <si>
     <t>25-34</t>
   </si>
   <si>
     <t>35-44</t>
   </si>
   <si>
     <t>45-54</t>
   </si>
   <si>
     <t>55-64</t>
   </si>
   <si>
     <t>&gt;=65</t>
   </si>