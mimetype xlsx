--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -635,359 +635,591 @@
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="6"/>
-[...1 lines deleted...]
-      <c r="D5" s="6"/>
+      <c r="B5" s="6">
+        <v>311029</v>
+      </c>
+      <c r="C5" s="6">
+        <v>61437</v>
+      </c>
+      <c r="D5" s="6">
+        <v>372466</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="6"/>
-[...1 lines deleted...]
-      <c r="D6" s="6"/>
+      <c r="B6" s="6">
+        <v>659110</v>
+      </c>
+      <c r="C6" s="6">
+        <v>151968</v>
+      </c>
+      <c r="D6" s="6">
+        <v>811078</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="6"/>
-[...1 lines deleted...]
-      <c r="D7" s="6"/>
+      <c r="B7" s="6">
+        <v>337897</v>
+      </c>
+      <c r="C7" s="6">
+        <v>97636</v>
+      </c>
+      <c r="D7" s="6">
+        <v>435533</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="6"/>
-[...1 lines deleted...]
-      <c r="D8" s="6"/>
+      <c r="B8" s="6">
+        <v>541689</v>
+      </c>
+      <c r="C8" s="6">
+        <v>75817</v>
+      </c>
+      <c r="D8" s="6">
+        <v>617506</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="6"/>
-[...1 lines deleted...]
-      <c r="D9" s="6"/>
+      <c r="B9" s="6">
+        <v>428751</v>
+      </c>
+      <c r="C9" s="6">
+        <v>52227</v>
+      </c>
+      <c r="D9" s="6">
+        <v>480978</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B10" s="6"/>
-[...1 lines deleted...]
-      <c r="D10" s="6"/>
+      <c r="B10" s="6">
+        <v>773575</v>
+      </c>
+      <c r="C10" s="6">
+        <v>80533</v>
+      </c>
+      <c r="D10" s="6">
+        <v>854108</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B11" s="6"/>
-[...1 lines deleted...]
-      <c r="D11" s="6"/>
+      <c r="B11" s="6">
+        <v>250974</v>
+      </c>
+      <c r="C11" s="6">
+        <v>24362</v>
+      </c>
+      <c r="D11" s="6">
+        <v>275336</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="6"/>
-[...1 lines deleted...]
-      <c r="D12" s="6"/>
+      <c r="B12" s="6">
+        <v>529685</v>
+      </c>
+      <c r="C12" s="6">
+        <v>49795</v>
+      </c>
+      <c r="D12" s="6">
+        <v>579480</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B13" s="6"/>
-[...1 lines deleted...]
-      <c r="D13" s="6"/>
+      <c r="B13" s="6">
+        <v>117510</v>
+      </c>
+      <c r="C13" s="6">
+        <v>11682</v>
+      </c>
+      <c r="D13" s="6">
+        <v>129192</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B14" s="6"/>
-[...1 lines deleted...]
-      <c r="D14" s="6"/>
+      <c r="B14" s="6">
+        <v>22475</v>
+      </c>
+      <c r="C14" s="6">
+        <v>4353</v>
+      </c>
+      <c r="D14" s="6">
+        <v>26828</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B15" s="6"/>
-[...1 lines deleted...]
-      <c r="D15" s="6"/>
+      <c r="B15" s="6">
+        <v>240</v>
+      </c>
+      <c r="C15" s="6">
+        <v>22</v>
+      </c>
+      <c r="D15" s="6">
+        <v>262</v>
+      </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="6"/>
-[...1 lines deleted...]
-      <c r="D16" s="6"/>
+      <c r="B16" s="6">
+        <v>483354</v>
+      </c>
+      <c r="C16" s="6">
+        <v>75595</v>
+      </c>
+      <c r="D16" s="6">
+        <v>558949</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B17" s="6"/>
-[...1 lines deleted...]
-      <c r="D17" s="6"/>
+      <c r="B17" s="6">
+        <v>898066</v>
+      </c>
+      <c r="C17" s="6">
+        <v>148534</v>
+      </c>
+      <c r="D17" s="6">
+        <v>1046600</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B18" s="6"/>
-[...1 lines deleted...]
-      <c r="D18" s="6"/>
+      <c r="B18" s="6">
+        <v>90201</v>
+      </c>
+      <c r="C18" s="6">
+        <v>24265</v>
+      </c>
+      <c r="D18" s="6">
+        <v>114466</v>
+      </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B19" s="6"/>
-[...1 lines deleted...]
-      <c r="D19" s="6"/>
+      <c r="B19" s="6">
+        <v>1042360</v>
+      </c>
+      <c r="C19" s="6">
+        <v>167272</v>
+      </c>
+      <c r="D19" s="6">
+        <v>1209632</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B20" s="6"/>
-[...1 lines deleted...]
-      <c r="D20" s="6"/>
+      <c r="B20" s="6">
+        <v>116413</v>
+      </c>
+      <c r="C20" s="6">
+        <v>16469</v>
+      </c>
+      <c r="D20" s="6">
+        <v>132882</v>
+      </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B21" s="6"/>
-[...1 lines deleted...]
-      <c r="D21" s="6"/>
+      <c r="B21" s="6">
+        <v>139055</v>
+      </c>
+      <c r="C21" s="6">
+        <v>12762</v>
+      </c>
+      <c r="D21" s="6">
+        <v>151817</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="6">
         <v>129064</v>
       </c>
-      <c r="C22" s="6"/>
-      <c r="D22" s="6"/>
+      <c r="C22" s="6">
+        <v>21088</v>
+      </c>
+      <c r="D22" s="6">
+        <v>150152</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B23" s="6"/>
-[...1 lines deleted...]
-      <c r="D23" s="6"/>
+      <c r="B23" s="6">
+        <v>418292</v>
+      </c>
+      <c r="C23" s="6">
+        <v>85540</v>
+      </c>
+      <c r="D23" s="6">
+        <v>503832</v>
+      </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B24" s="6"/>
-[...1 lines deleted...]
-      <c r="D24" s="6"/>
+      <c r="B24" s="6">
+        <v>467100</v>
+      </c>
+      <c r="C24" s="6">
+        <v>59777</v>
+      </c>
+      <c r="D24" s="6">
+        <v>526877</v>
+      </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B25" s="6"/>
-[...1 lines deleted...]
-      <c r="D25" s="6"/>
+      <c r="B25" s="6">
+        <v>164729</v>
+      </c>
+      <c r="C25" s="6">
+        <v>26932</v>
+      </c>
+      <c r="D25" s="6">
+        <v>191661</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B26" s="6"/>
-[...1 lines deleted...]
-      <c r="D26" s="6"/>
+      <c r="B26" s="6">
+        <v>159358</v>
+      </c>
+      <c r="C26" s="6">
+        <v>36349</v>
+      </c>
+      <c r="D26" s="6">
+        <v>195707</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="B27" s="6"/>
-[...1 lines deleted...]
-      <c r="D27" s="6"/>
+      <c r="B27" s="6">
+        <v>98739</v>
+      </c>
+      <c r="C27" s="6">
+        <v>10890</v>
+      </c>
+      <c r="D27" s="6">
+        <v>109629</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B28" s="6"/>
-[...1 lines deleted...]
-      <c r="D28" s="6"/>
+      <c r="B28" s="6">
+        <v>17705</v>
+      </c>
+      <c r="C28" s="6">
+        <v>1537</v>
+      </c>
+      <c r="D28" s="6">
+        <v>19242</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="6"/>
-[...1 lines deleted...]
-      <c r="D29" s="6"/>
+      <c r="B29" s="6">
+        <v>150166</v>
+      </c>
+      <c r="C29" s="6">
+        <v>16096</v>
+      </c>
+      <c r="D29" s="6">
+        <v>166262</v>
+      </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B30" s="6"/>
-[...1 lines deleted...]
-      <c r="D30" s="6"/>
+      <c r="B30" s="6">
+        <v>282921</v>
+      </c>
+      <c r="C30" s="6">
+        <v>30334</v>
+      </c>
+      <c r="D30" s="6">
+        <v>313255</v>
+      </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B31" s="6"/>
-[...1 lines deleted...]
-      <c r="D31" s="6"/>
+      <c r="B31" s="6">
+        <v>330280</v>
+      </c>
+      <c r="C31" s="6">
+        <v>55974</v>
+      </c>
+      <c r="D31" s="6">
+        <v>386254</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B32" s="6"/>
-[...1 lines deleted...]
-      <c r="D32" s="6"/>
+      <c r="B32" s="6">
+        <v>171235</v>
+      </c>
+      <c r="C32" s="6">
+        <v>28672</v>
+      </c>
+      <c r="D32" s="6">
+        <v>199907</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B33" s="6"/>
-[...1 lines deleted...]
-      <c r="D33" s="6"/>
+      <c r="B33" s="6">
+        <v>49952</v>
+      </c>
+      <c r="C33" s="6">
+        <v>5649</v>
+      </c>
+      <c r="D33" s="6">
+        <v>55601</v>
+      </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B34" s="6"/>
-[...1 lines deleted...]
-      <c r="D34" s="6"/>
+      <c r="B34" s="6">
+        <v>117323</v>
+      </c>
+      <c r="C34" s="6">
+        <v>16252</v>
+      </c>
+      <c r="D34" s="6">
+        <v>133575</v>
+      </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B35" s="6"/>
-[...1 lines deleted...]
-      <c r="D35" s="6"/>
+      <c r="B35" s="6">
+        <v>115318</v>
+      </c>
+      <c r="C35" s="6">
+        <v>12980</v>
+      </c>
+      <c r="D35" s="6">
+        <v>128298</v>
+      </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="B36" s="6"/>
-[...1 lines deleted...]
-      <c r="D36" s="6"/>
+      <c r="B36" s="6">
+        <v>118250</v>
+      </c>
+      <c r="C36" s="6">
+        <v>12967</v>
+      </c>
+      <c r="D36" s="6">
+        <v>131217</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="B37" s="6"/>
-[...1 lines deleted...]
-      <c r="D37" s="6"/>
+      <c r="B37" s="6">
+        <v>13780</v>
+      </c>
+      <c r="C37" s="6">
+        <v>2713</v>
+      </c>
+      <c r="D37" s="6">
+        <v>16493</v>
+      </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B38" s="6"/>
-[...1 lines deleted...]
-      <c r="D38" s="6"/>
+      <c r="B38" s="6">
+        <v>5960</v>
+      </c>
+      <c r="C38" s="6">
+        <v>1353</v>
+      </c>
+      <c r="D38" s="6">
+        <v>7313</v>
+      </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B39" s="6"/>
-[...1 lines deleted...]
-      <c r="D39" s="6"/>
+      <c r="B39" s="6">
+        <v>26109</v>
+      </c>
+      <c r="C39" s="6">
+        <v>5518</v>
+      </c>
+      <c r="D39" s="6">
+        <v>31627</v>
+      </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="B40" s="6"/>
-[...1 lines deleted...]
-      <c r="D40" s="6"/>
+      <c r="B40" s="6">
+        <v>9988</v>
+      </c>
+      <c r="C40" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D40" s="6">
+        <v>12001</v>
+      </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="B41" s="6"/>
-[...1 lines deleted...]
-      <c r="D41" s="6"/>
+      <c r="B41" s="6">
+        <v>11245</v>
+      </c>
+      <c r="C41" s="6">
+        <v>1782</v>
+      </c>
+      <c r="D41" s="6">
+        <v>13027</v>
+      </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="B42" s="6"/>
-[...1 lines deleted...]
-      <c r="D42" s="6"/>
+      <c r="B42" s="6">
+        <v>7448</v>
+      </c>
+      <c r="C42" s="6">
+        <v>1136</v>
+      </c>
+      <c r="D42" s="6">
+        <v>8584</v>
+      </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="6"/>
-[...1 lines deleted...]
-      <c r="D43" s="6"/>
+      <c r="B43" s="6">
+        <v>9607346</v>
+      </c>
+      <c r="C43" s="6">
+        <v>1490281</v>
+      </c>
+      <c r="D43" s="6">
+        <v>11097627</v>
+      </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B47" s="9"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="9"/>
       <c r="F47" s="9"/>
       <c r="G47" s="9"/>
       <c r="H47" s="9"/>
       <c r="I47" s="1"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="9" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>